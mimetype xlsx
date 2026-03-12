--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -51,207 +51,207 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/175/projeto-de-lei-n-130-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/175/projeto-de-lei-n-130-2009.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Regino Mendes a via pública na Sede do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/174/projeto-de-lei-n-131-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/174/projeto-de-lei-n-131-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação a vias públicas situadas na Localidade Árvore Verde, no Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/173/projeto-de-lei-n-132-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/173/projeto-de-lei-n-132-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de bairros, ruas e logradouros no Municipio de cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/172/projeto-de-lei-n-133-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/172/projeto-de-lei-n-133-2009.pdf</t>
   </si>
   <si>
     <t>Denomina vias publicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/171/projeto-de-lei-n-134-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/171/projeto-de-lei-n-134-2009.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/170/projeto-de-lei-n-137-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/170/projeto-de-lei-n-137-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos de provimento efetivo no quadro de pessoal da Prefeitura Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/169/projeto-de-lei-n-138-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/169/projeto-de-lei-n-138-2009.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Deputado Estadual Antonio José de Moraes Souza Filho e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/168/projeto-de-lei-n-139-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/168/projeto-de-lei-n-139-2009.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Sr. Silvio Roberto Costa Leite, Secretario de Estado do Turismo do Piaui e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/158/projeto-de-lei-n-140-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/158/projeto-de-lei-n-140-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de ruas, travessas e logradouros no Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/157/projeto-de-lei-n-141-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/157/projeto-de-lei-n-141-2009.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/156/projeto-de-lei-n-142-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/156/projeto-de-lei-n-142-2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a fazer cessão de parte de imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/155/projeto-de-lei-n-143-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/155/projeto-de-lei-n-143-2009.pdf</t>
   </si>
   <si>
     <t>Cria Biblioteca Pública Municipal de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/154/projeto-de-lei-n-144-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/154/projeto-de-lei-n-144-2009.pdf</t>
   </si>
   <si>
     <t>Estabelece o Estatuto dos Servidores Públicos Municipais de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/176/projeto-de-lei-n-129-2009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/176/projeto-de-lei-n-129-2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e a ocupação do solo urbano no Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/175/projeto-de-lei-n-130-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/174/projeto-de-lei-n-131-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/173/projeto-de-lei-n-132-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/172/projeto-de-lei-n-133-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/171/projeto-de-lei-n-134-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/170/projeto-de-lei-n-137-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/169/projeto-de-lei-n-138-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/168/projeto-de-lei-n-139-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/158/projeto-de-lei-n-140-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/157/projeto-de-lei-n-141-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/156/projeto-de-lei-n-142-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/155/projeto-de-lei-n-143-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/154/projeto-de-lei-n-144-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/176/projeto-de-lei-n-129-2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/175/projeto-de-lei-n-130-2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/174/projeto-de-lei-n-131-2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/173/projeto-de-lei-n-132-2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/172/projeto-de-lei-n-133-2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/171/projeto-de-lei-n-134-2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/170/projeto-de-lei-n-137-2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/169/projeto-de-lei-n-138-2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/168/projeto-de-lei-n-139-2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/158/projeto-de-lei-n-140-2009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/157/projeto-de-lei-n-141-2009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/156/projeto-de-lei-n-142-2009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/155/projeto-de-lei-n-143-2009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/154/projeto-de-lei-n-144-2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2009/176/projeto-de-lei-n-129-2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="131.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>