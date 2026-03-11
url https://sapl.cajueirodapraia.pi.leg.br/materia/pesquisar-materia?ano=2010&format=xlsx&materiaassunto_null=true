--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -51,246 +51,246 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/153/projeto-de-lei-n-145-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/153/projeto-de-lei-n-145-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre remuneração de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/152/projeto-de-lei-n-146-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/152/projeto-de-lei-n-146-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura organizacional e administrativa da Prefeitura de Cajueiro da Praia e sobre a remuneração de servidores públicos municipais ocupantes de cargos de provimento em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/150/projeto-de-lei-n-148-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/150/projeto-de-lei-n-148-2010.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade Pública a Colônia de Pescadores Z-6 e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/149/projeto-de-lei-n-149-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/149/projeto-de-lei-n-149-2010.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Cajueirense ao Ex-Governador Wellington Dias e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/148/projeto-de-lei-n-150-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/148/projeto-de-lei-n-150-2010.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Deputado Estadual Antonio José de Moraes Souza Filho e dá outras providências.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/147/projeto-de-lei-n-151-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/147/projeto-de-lei-n-151-2010.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Dr. João Batista Luzardo Soares Filho e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/146/projeto-de-lei-n-152-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/146/projeto-de-lei-n-152-2010.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Sr. Silvio Roberto Costa Leite e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/145/projeto-de-lei-n-153-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/145/projeto-de-lei-n-153-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/144/projeto-de-lei-n-154-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/144/projeto-de-lei-n-154-2010.pdf</t>
   </si>
   <si>
     <t>Modifica a redação de dispositivos da Lei Municipal nº 216, de 11 de dezembro de 2009, que estabelece o Estatuto dos Servidores Públicos Municipais de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/143/projeto-de-lei-n-155-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/143/projeto-de-lei-n-155-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Remuneração do Magistério Público do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/142/projeto-de-lei-n-157-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/142/projeto-de-lei-n-157-2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre modificação de remuneração de cargo da estrutura organizacional e administrativa da Prefeitura do Municipio de Cajueiro da Praia, e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/141/projeto-de-lei-n-159-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/141/projeto-de-lei-n-159-2010.pdf</t>
   </si>
   <si>
     <t>Acrescenta Projeto à Lei de Diretrizes Orçamentárias 2011 e altera Plano Plurianual para o período de 2010-2013.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/140/projeto-de-lei-n-160-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/140/projeto-de-lei-n-160-2010.pdf</t>
   </si>
   <si>
     <t>Altera nomenclatura de Programa e Ações, na Lei de Diretrizes Orçamentarias 2011 e no Plano Plurianual do Municipio.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/139/projeto-de-lei-n-161-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/139/projeto-de-lei-n-161-2010.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense,e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/138/projeto-de-lei-n-162-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/138/projeto-de-lei-n-162-2010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a pagar abono aos professores da rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/137/projeto-de-lei-n-163-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/137/projeto-de-lei-n-163-2010.pdf</t>
   </si>
   <si>
     <t>Regulamenta no Municipio de Cajueiro da Praia o tratamento diferenciado e favorecido às microempresas e empresas de pequeno porte de que trata a Lei Federal nº 123, de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/136/projeto-de-lei-n-164-2011.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/136/projeto-de-lei-n-164-2011.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense, e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/135/projeto-de-lei-n-165-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/135/projeto-de-lei-n-165-2010.pdf</t>
   </si>
   <si>
     <t>cria cargos de provimento efetivo no quadro de pessoal da prefeitura Municipal de Cajueiro da Praia, e dá outras providências.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/151/projeto-de-lei-n-147-2010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/151/projeto-de-lei-n-147-2010.pdf</t>
   </si>
   <si>
     <t>Modifica o anexo II da Lei Complementar nº 112, de 29.12.2005, que dispõe sobre o Código Tributario do Municipio de Cajueiro da Praia, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -597,68 +597,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/153/projeto-de-lei-n-145-2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/152/projeto-de-lei-n-146-2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/150/projeto-de-lei-n-148-2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/149/projeto-de-lei-n-149-2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/148/projeto-de-lei-n-150-2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/147/projeto-de-lei-n-151-2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/146/projeto-de-lei-n-152-2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/145/projeto-de-lei-n-153-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/144/projeto-de-lei-n-154-2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/143/projeto-de-lei-n-155-2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/142/projeto-de-lei-n-157-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/141/projeto-de-lei-n-159-2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/140/projeto-de-lei-n-160-2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/139/projeto-de-lei-n-161-2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/138/projeto-de-lei-n-162-2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/137/projeto-de-lei-n-163-2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/136/projeto-de-lei-n-164-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/135/projeto-de-lei-n-165-2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/151/projeto-de-lei-n-147-2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/153/projeto-de-lei-n-145-2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/152/projeto-de-lei-n-146-2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/150/projeto-de-lei-n-148-2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/149/projeto-de-lei-n-149-2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/148/projeto-de-lei-n-150-2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/147/projeto-de-lei-n-151-2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/146/projeto-de-lei-n-152-2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/145/projeto-de-lei-n-153-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/144/projeto-de-lei-n-154-2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/143/projeto-de-lei-n-155-2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/142/projeto-de-lei-n-157-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/141/projeto-de-lei-n-159-2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/140/projeto-de-lei-n-160-2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/139/projeto-de-lei-n-161-2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/138/projeto-de-lei-n-162-2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/137/projeto-de-lei-n-163-2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/136/projeto-de-lei-n-164-2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/135/projeto-de-lei-n-165-2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2010/151/projeto-de-lei-n-147-2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="198.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>