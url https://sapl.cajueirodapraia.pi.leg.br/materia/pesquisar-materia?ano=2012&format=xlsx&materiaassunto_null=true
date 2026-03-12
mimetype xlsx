--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -51,252 +51,252 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/96/projeto-de-lei-n-199-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/96/projeto-de-lei-n-199-2012.pdf</t>
   </si>
   <si>
     <t>Institui a Lei Orgânica de Segurança Alimentar e Nutricional - LOSAN, cria o Sistema Municipal de Segurança Alimentar e Nutricional - SISAM do Municipio de Cajueiro da Praia, com vista a assegurar direito humano à alimentação adequada e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/95/projeto-de-lei-n-200-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/95/projeto-de-lei-n-200-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos subsidios do Prefeito, Vice-Prefeito e Secretarios Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/94/projeto-de-lei-n-201-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/94/projeto-de-lei-n-201-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/93/projeto-de-lei-n-202-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/93/projeto-de-lei-n-202-2012.pdf</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/92/projeto-de-lei-n-203-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/92/projeto-de-lei-n-203-2012.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo no quadro de pessoal da Prefeitura Municipal de Cajueiro da Praia, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/91/projeto-de-lei-n-204-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/91/projeto-de-lei-n-204-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base e remuneração e remuneração dos cargos de provimento efetivo e de provimento em comissão e gratificação de funções de confiança da estrutura organizacional administrativa da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/90/projeto-de-lei-n-205-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/90/projeto-de-lei-n-205-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base e gratificação de funções de confiança de cargos da estrutura organizacional administrativa da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/89/projeto-de-lei-n-206-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/89/projeto-de-lei-n-206-2012.pdf</t>
   </si>
   <si>
     <t>Institui a Nota fiscal de serviços eletronica - NFS-e, a declaração digital de serviços tomados ou Intermediados - DDS, nos termos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/88/projeto-de-lei-n-208-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/88/projeto-de-lei-n-208-2012.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Sr. Nodgi Mualem de Morais e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/87/projeto-de-lei-n-209-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/87/projeto-de-lei-n-209-2012.pdf</t>
   </si>
   <si>
     <t>Concede aumento aos professores da Educação Básica do Municipio na forma em que dispõe e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/86/projeto-de-lei-n-210-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/86/projeto-de-lei-n-210-2012.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo no quadro de pessoal da Prefeitura Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/85/projeto-de-lei-n-211-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/85/projeto-de-lei-n-211-2012.pdf</t>
   </si>
   <si>
     <t>Fixa o subsidio do Prefeito, Vice-Prefeito e dos Secretarios Municipais do Municipio de Cajueiro da Praia para a Legislatura de 2013/2016 e adota outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/84/projeto-de-lei-n-212-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/84/projeto-de-lei-n-212-2012.pdf</t>
   </si>
   <si>
     <t>Fixa o subsidio dos Vereadores da Câmara Municipal de Cajueiro da Praia para a Legislatura de 2013/2016 e adota outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/83/projeto-de-lei-n-213-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/83/projeto-de-lei-n-213-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Serviço de Inspeção Municipal no Municipio de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/82/projeto-de-lei-n-214-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/82/projeto-de-lei-n-214-2012.pdf</t>
   </si>
   <si>
     <t>Regula o acesso à informação no âmbito do Municipio de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/81/projeto-de-lei-n-216-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/81/projeto-de-lei-n-216-2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de prédio público no Municipio de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/80/projeto-de-lei-n-217-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/80/projeto-de-lei-n-217-2012.pdf</t>
   </si>
   <si>
     <t>Reforma a estrutura administrativa de Cajueiro da Praia(PI) e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/79/projeto-de-lei-n-218-2012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/79/projeto-de-lei-n-218-2012.pdf</t>
   </si>
   <si>
     <t>Define a politica de beneficios e incentivos fiscais do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -603,68 +603,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/96/projeto-de-lei-n-199-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/95/projeto-de-lei-n-200-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/94/projeto-de-lei-n-201-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/93/projeto-de-lei-n-202-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/92/projeto-de-lei-n-203-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/91/projeto-de-lei-n-204-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/90/projeto-de-lei-n-205-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/89/projeto-de-lei-n-206-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/88/projeto-de-lei-n-208-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/87/projeto-de-lei-n-209-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/86/projeto-de-lei-n-210-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/85/projeto-de-lei-n-211-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/84/projeto-de-lei-n-212-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/83/projeto-de-lei-n-213-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/82/projeto-de-lei-n-214-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/81/projeto-de-lei-n-216-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/80/projeto-de-lei-n-217-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/79/projeto-de-lei-n-218-2012.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/96/projeto-de-lei-n-199-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/95/projeto-de-lei-n-200-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/94/projeto-de-lei-n-201-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/93/projeto-de-lei-n-202-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/92/projeto-de-lei-n-203-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/91/projeto-de-lei-n-204-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/90/projeto-de-lei-n-205-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/89/projeto-de-lei-n-206-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/88/projeto-de-lei-n-208-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/87/projeto-de-lei-n-209-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/86/projeto-de-lei-n-210-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/85/projeto-de-lei-n-211-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/84/projeto-de-lei-n-212-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/83/projeto-de-lei-n-213-2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/82/projeto-de-lei-n-214-2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/81/projeto-de-lei-n-216-2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/80/projeto-de-lei-n-217-2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2012/79/projeto-de-lei-n-218-2012.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="232.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>