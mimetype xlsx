--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -51,243 +51,243 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/78/projeto-de-lei-n-001-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/78/projeto-de-lei-n-001-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base padrão e remuneração dos cargos de provimento efetivo e de provimento em comissão, da estrutura organizacional administrativa da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/77/projeto-de-lei-n-002-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/77/projeto-de-lei-n-002-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a reconhecer e firmar Acordo de Parcelamento de Divida para o Fundo Previdenciário do Municipio do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/75/projeto-de-lei-n-004-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/75/projeto-de-lei-n-004-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a criar o programa Municipal de desenvolvimento da cadeia produtiva da aquicultura familiar, bem como utilizar recursos na promoção de ações de apoio e incentivo à atividade.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/74/projeto-de-lei-n-005-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/74/projeto-de-lei-n-005-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Consolidação e Reorganização da Estrutura Administrativa da Prefeitura Municipal de Cajueiro da Praia, estado do Piaui e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/73/projeto-de-lei-n-007-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/73/projeto-de-lei-n-007-2013.pdf</t>
   </si>
   <si>
     <t>Declara patrimônio natural e cultural do Municipio de Cajueiro da Praia, o cajueiro rei localizado na área urbana do Municipio e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/72/projeto-de-lei-n-009-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/72/projeto-de-lei-n-009-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentaria de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/71/projeto-de-lei-n-010-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/71/projeto-de-lei-n-010-2013.pdf</t>
   </si>
   <si>
     <t>Institui gratificação de produtividade fiscal na Prefeitura Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/70/projeto-de-lei-n-011-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/70/projeto-de-lei-n-011-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Fundação Municipal de Cultura de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/68/projeto-de-lei-n-013-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/68/projeto-de-lei-n-013-2013.pdf</t>
   </si>
   <si>
     <t>Concede gratificação de função aos membros da comissão permanente de licitação e da comissão permanente de sindicância e de processo administrativo disciplinar, e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/67/projeto-de-lei-n-014-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/67/projeto-de-lei-n-014-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da prática de nepotismo no âmbito do Poder Legislativo e Poder Executivo do Municipio de Cajueiro da Praia-PI e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/66/projeto-de-lei-n-015-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/66/projeto-de-lei-n-015-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de órgãos na estrutura organizacional e administrativa da Prefeitura do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/65/projeto-de-lei-n-016-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/65/projeto-de-lei-n-016-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base do cargo efetivo de Enfermeiro do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/64/projeto-de-lei-n-017-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/64/projeto-de-lei-n-017-2013.pdf</t>
   </si>
   <si>
     <t>Institui a "ficha limpa municipal" na nomeação de secretarios, diretores e cargos comissionados para a administração direta (prefeitura e câmara municipal) e na administração indireta (autarquias, empresas públicas e de economia mista e fundações públicas), na forma que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/63/projeto-de-lei-n-018-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/63/projeto-de-lei-n-018-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a assegurar o fornecimento de moradia e de alimentação aos médicos participantes do Projeto Mais Médicos, no âmbito do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/62/projeto-de-lei-n-021-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/62/projeto-de-lei-n-021-2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Ratificação do Protocolo de Intenções, firmado entre os municipios de Bom Principio do Piauí, Buriti dos Lopes, Cajueiro da Praia, Caxingó, Cocal, Cocal dos Alves, Ilha Grande, Murici dos Portelas e Parnaiba, com a finalidade de constituir o Consórcio Regional de Desenvolvimento da Planicie Litorânea Piauense, nos termos da Lei Federal nº 11.107, de 6 de abril de 2005 visando à solução dos problemas comuns e o desenvolvimento da região e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/76/projeto-de-lei-n-003-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/76/projeto-de-lei-n-003-2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ajuda no transporte escolar a estudantes.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2003/69/projeto-de-lei-n-012-2013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2003/69/projeto-de-lei-n-012-2013.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Estágio Remunerado no âmbito do Municipio de Cajueiro da Praia - PI, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -594,68 +594,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/78/projeto-de-lei-n-001-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/77/projeto-de-lei-n-002-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/75/projeto-de-lei-n-004-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/74/projeto-de-lei-n-005-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/73/projeto-de-lei-n-007-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/72/projeto-de-lei-n-009-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/71/projeto-de-lei-n-010-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/70/projeto-de-lei-n-011-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/68/projeto-de-lei-n-013-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/67/projeto-de-lei-n-014-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/66/projeto-de-lei-n-015-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/65/projeto-de-lei-n-016-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/64/projeto-de-lei-n-017-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/63/projeto-de-lei-n-018-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/62/projeto-de-lei-n-021-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/76/projeto-de-lei-n-003-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2003/69/projeto-de-lei-n-012-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/78/projeto-de-lei-n-001-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/77/projeto-de-lei-n-002-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/75/projeto-de-lei-n-004-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/74/projeto-de-lei-n-005-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/73/projeto-de-lei-n-007-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/72/projeto-de-lei-n-009-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/71/projeto-de-lei-n-010-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/70/projeto-de-lei-n-011-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/68/projeto-de-lei-n-013-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/67/projeto-de-lei-n-014-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/66/projeto-de-lei-n-015-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/65/projeto-de-lei-n-016-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/64/projeto-de-lei-n-017-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/63/projeto-de-lei-n-018-2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/62/projeto-de-lei-n-021-2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2013/76/projeto-de-lei-n-003-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2003/69/projeto-de-lei-n-012-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>