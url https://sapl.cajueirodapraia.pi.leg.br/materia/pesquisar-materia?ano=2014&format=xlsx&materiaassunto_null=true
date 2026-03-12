--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -51,159 +51,159 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/61/projeto-de-lei-n-022-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/61/projeto-de-lei-n-022-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base padrão e remuneração dos cargos de provimento efetivo e de provimento em comissão, da estrutura organizacional administrativa da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/60/projeto-de-lei-n-023-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/60/projeto-de-lei-n-023-2014.pdf</t>
   </si>
   <si>
     <t>Cria o Departamento de Trânsito na estrutura oraganizacional administrativa da Prefeitura Municipal de Cajueiro, vinculado à Secretaria Municipal de Obras, Infraestrutura e serviços urbanos do Municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece normas para regulamentar o adicional de insalubridade, periculosidade ou penosidade aos servidores públicos do Municipio de Cajueiro da Praia-PI e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/58/projeto-de-lei-n-025-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/58/projeto-de-lei-n-025-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de órgão na estrutura organizacional administrativa da Prefeitura Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/57/projeto-de-lei-n-026-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/57/projeto-de-lei-n-026-2014.pdf</t>
   </si>
   <si>
     <t>Cria o componente municipal do Programa de Melhoria do Acesso e qualidade na atenção Básica - PMAQ-AB/Municipal, na forma de incentivo financeiro de desempenho no municipio de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/56/projeto-de-lei-n-027-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/56/projeto-de-lei-n-027-2014.pdf</t>
   </si>
   <si>
     <t>Concede aumento aos professores da Educação Básica do municipio de Cajueiro da Praia na forma em que dispõe e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/55/projeto-de-lei-n-028-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/55/projeto-de-lei-n-028-2014.pdf</t>
   </si>
   <si>
     <t>Inclui Projeto na Lei Orçamentaria 2014, Lei de Diretrizes Orçamentarias 2014 e no Plano Plurianual do Municipio, autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/54/projeto-de-lei-n-029-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/54/projeto-de-lei-n-029-2014.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso V do art. 58 da Lei Municipal nº 192/2009 que dispõe sobre o Regime Própio de Previdência dos Servidores Públicos Municipais de Cajueiro da Praia-PI, para incluir o plano de equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/53/projeto-de-lei-n-031-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/53/projeto-de-lei-n-031-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono salarial aos profissionais do magistério e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/52/projeto-de-lei-n-032-2014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/52/projeto-de-lei-n-032-2014.pdf</t>
   </si>
   <si>
     <t>Inclui Projeto na Lei orçamentaria 2014, Lei de Diretrizes Orçamentarias 2014 e no Plano Plurianual do Municipio, autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -510,68 +510,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/61/projeto-de-lei-n-022-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/60/projeto-de-lei-n-023-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/58/projeto-de-lei-n-025-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/57/projeto-de-lei-n-026-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/56/projeto-de-lei-n-027-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/55/projeto-de-lei-n-028-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/54/projeto-de-lei-n-029-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/53/projeto-de-lei-n-031-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/52/projeto-de-lei-n-032-2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/61/projeto-de-lei-n-022-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/60/projeto-de-lei-n-023-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/58/projeto-de-lei-n-025-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/57/projeto-de-lei-n-026-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/56/projeto-de-lei-n-027-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/55/projeto-de-lei-n-028-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/54/projeto-de-lei-n-029-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/53/projeto-de-lei-n-031-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2014/52/projeto-de-lei-n-032-2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="220.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>