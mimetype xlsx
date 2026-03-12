--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -54,458 +54,458 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>LAGUINHO, OZIOMAR, Raimundo Mundico</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/9/elom.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/9/elom.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 15 da Lei Orgânica do Município e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-decreto-legislativo-n-01.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-decreto-legislativo-n-01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de contas de governo da prefeitura Municipal de Cajueiro da Praia referente ao exercício financeiro de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/7/projeto-de-lei-n-001.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/7/projeto-de-lei-n-001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre vencimento base padrão de servidores municipais e alterações da Lei Municipal nº 290, de 11.04.2013, que "dispõe sobre a Consolidação e Reorganização da estrutura Administrativa da Prefeitura Municipal de Cajueiro da Praia, Estado do Piauí e dá outras providências" e suas alterações posteriores.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/15/projeto-de-lei-n-002.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/15/projeto-de-lei-n-002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura organizacional do Município de Cajueiro da Praia-PI e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-003.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-003.pdf</t>
   </si>
   <si>
     <t>Dispõe  as Diretrizes para elaboração e execução da Orçamentaria Anual - LOA para o exercício financeiro de 2018, para elaboração do Plano Plurianual do período 2018 a 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a abrir Crédito Adicional Especial no orçamento vigente, no valor de R$ 100.000,00 (cem mil reais), e criar  um programa de trabalho para viabilizar a execução para o fim a que se destina e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/10/jpg2pdf.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/10/jpg2pdf.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos vencimentos básicos dos professores da Educação Básica do municipio de Cajueiro da Praia, na forma em que dispõe e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/11/plo-06_hoxqQZ1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/11/plo-06_hoxqQZ1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de gratificação especial e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/5/projeto-de-lei-n-007.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/5/projeto-de-lei-n-007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a politica municipal de atendimento dos direitos da criança e do adolescente no Municipio de Cajueiro da Praia, Estado do Piaui, consolida o Conselho Municipal de defesa dos direitos da criança e do adolescente, o Fundo Municipal da cria e do adolescente, o Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-008.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema Único de Assistência Social do Município de Cajueiro da Praia, Estado do Piaui e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-009.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a abrir Crédito Adicional Especial e criar um programa de trabalho para Construção, Reforma ou Ampliação do prédio da Câmara Municipal, no orçamento do exercicio financeiro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-010-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-010-2017.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia para o execício financeiro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-011.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA do Municipio de Cajueiro da Praia, Estado do Piaui, para o quadriênio 2018 a 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>LAGUINHO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/97/projeto-de-lei-n-012-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/97/projeto-de-lei-n-012-2017.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Sr. Nodgi Mualem de Morais e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/159/projeto-de-lei-n-021-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/159/projeto-de-lei-n-021-2017.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Cajueirense ao Sr. Carlos Vinicius de Almeida Batista e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/160/projeto-de-lei-n-022-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/160/projeto-de-lei-n-022-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento e parcelamento de débitos do Municipio de Cajueiro da Praia - PI, com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/161/projeto-de-lei-n-023-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/161/projeto-de-lei-n-023-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as normas de preservação ambiental quanto a poluição sonora no Municipio de Cajueiro da Praia/PI e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/162/projeto-de-lei-n-024-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/162/projeto-de-lei-n-024-2017.pdf</t>
   </si>
   <si>
     <t>Altera o inciso V do art. 58, da Lei Municipal nº 192/2009, que trata da alíquota de contribuição previdência parte patronal e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-resolu-o-n-001.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-resolu-o-n-001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base de pessoal ocupante de cargo de provimento efetivo da Câmara Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-resolu-o-n-002.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-resolu-o-n-002.pdf</t>
   </si>
   <si>
     <t>Institui no Poder Legislativo do Municipio de Cajueiro da Praia-PI a Comissão para realização de Estudos para a Revisão da Lei Orgânica Municipal e adequação do Regimento Interno e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos do Regimento Interno da Câmara Municipal de Cajueiro da Praia-PI e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
     <t>Altera, revoga e reestrutura a Organização_x000D_
 Administrativa da Prefeitura Municipal de Cajueiro da_x000D_
 Praia e dá outras providências</t>
   </si>
   <si>
     <t>Dona Sílvia</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/1/requerimento-n-003.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/1/requerimento-n-003.pdf</t>
   </si>
   <si>
     <t>Licença para exercer o cargo de Secretaria Municipal de Articulação Institucional da Prefeitura Municipal de Cajueiro da Praia.</t>
   </si>
   <si>
     <t>Nathalia do Luciano</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/21/requerimento-n-004.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/21/requerimento-n-004.pdf</t>
   </si>
   <si>
     <t>Indicativo de Projeto de Lei, que dispõe sobre uma folga anual para todos os servidores públicos municipais de Cajueiro da Praia-PI, na data do aniversario do servidor, na forma que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>JOÃO PEDRO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/22/requerimento-n-005.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/22/requerimento-n-005.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de três torres de telefonia em Barra Grande.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/23/requerimento-n-006.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/23/requerimento-n-006.pdf</t>
   </si>
   <si>
     <t>Solicitação para separação na area de praia dos Kitesurfistas com a dos banhistas em Barra Grande.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/24/requerimento-n-007.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/24/requerimento-n-007.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de teto na quadra esportiva e reforma da mesma em Barra Grande.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/25/requerimento-n-008.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/25/requerimento-n-008.pdf</t>
   </si>
   <si>
     <t>Colocação de postes acompanhado do kit de iluminação à rua Paulino da Silva rua Projetada nº 3 em Barra Grande.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/26/requerimento-n-009.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/26/requerimento-n-009.pdf</t>
   </si>
   <si>
     <t>Adequar todas as calçadas em frente aos órgãos Publicos do Municipio para acesso à cadeirantes.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/27/requerimento-n-010.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/27/requerimento-n-010.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de telefones fixo nos postos de saúde do Municipio.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/29/requerimento-n-011.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/29/requerimento-n-011.pdf</t>
   </si>
   <si>
     <t>Requer a implantação da disciplina de Lingua Espanhola na grade curricular das escolas do Ensino Fundamental.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/30/requerimento-n-012.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/30/requerimento-n-012.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de olho de gato.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/31/requerimento-n-013.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/31/requerimento-n-013.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Chafariz da Barrinha.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>DENIS PESCADOS</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/32/requerimento-n-014.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/32/requerimento-n-014.pdf</t>
   </si>
   <si>
     <t>Requer um quebra-molas na Avenida Gerardo Laura, perto da Loterica Vitoria.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/14/req-16.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/14/req-16.pdf</t>
   </si>
   <si>
     <t>Solicitação para funcionar os Chafarizes de Boa Vista.</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/13/jpg2pdf.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/13/jpg2pdf.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de duas lombadas.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/38/requerimento-n-018-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/38/requerimento-n-018-2017.pdf</t>
   </si>
   <si>
     <t>Solicitação para reparos em todos os calçamentos existentes no Municipio.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Stenio</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/36/requerimento-n-019-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/36/requerimento-n-019-2017.pdf</t>
   </si>
   <si>
     <t>Solicitação de carro Pipa para atender o abastecimento nas comunidades Barra Grande e Camurupim.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/37/requerimento-n-20-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/37/requerimento-n-20-2017.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma das quadras poliesportiva de Barra Grande e Barrinha.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/39/requerimento-n-21-2017.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/39/requerimento-n-21-2017.pdf</t>
   </si>
   <si>
     <t>Solicitação para colocação de traves de ferro no campo de futebol da comunidade Barrinha.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -812,68 +812,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/9/elom.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-decreto-legislativo-n-01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/7/projeto-de-lei-n-001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/15/projeto-de-lei-n-002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/10/jpg2pdf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/11/plo-06_hoxqQZ1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/5/projeto-de-lei-n-007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-010-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/97/projeto-de-lei-n-012-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/159/projeto-de-lei-n-021-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/160/projeto-de-lei-n-022-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/161/projeto-de-lei-n-023-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/162/projeto-de-lei-n-024-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-resolu-o-n-001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-resolu-o-n-002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/1/requerimento-n-003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/21/requerimento-n-004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/22/requerimento-n-005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/23/requerimento-n-006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/24/requerimento-n-007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/25/requerimento-n-008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/26/requerimento-n-009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/27/requerimento-n-010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/29/requerimento-n-011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/30/requerimento-n-012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/31/requerimento-n-013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/32/requerimento-n-014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/14/req-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/13/jpg2pdf.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/38/requerimento-n-018-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/36/requerimento-n-019-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/37/requerimento-n-20-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/39/requerimento-n-21-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/9/elom.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/28/projeto-de-decreto-legislativo-n-01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/7/projeto-de-lei-n-001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/15/projeto-de-lei-n-002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/16/projeto-de-lei-n-003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/10/jpg2pdf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/11/plo-06_hoxqQZ1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/5/projeto-de-lei-n-007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/12/projeto-de-lei-n-008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/33/projeto-de-lei-n-009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/34/projeto-de-lei-n-010-2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/35/projeto-de-lei-n-011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/97/projeto-de-lei-n-012-2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/159/projeto-de-lei-n-021-2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/160/projeto-de-lei-n-022-2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/161/projeto-de-lei-n-023-2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/162/projeto-de-lei-n-024-2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/19/projeto-de-resolu-o-n-001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/20/projeto-de-resolu-o-n-002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/1/requerimento-n-003.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/21/requerimento-n-004.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/22/requerimento-n-005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/23/requerimento-n-006.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/24/requerimento-n-007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/25/requerimento-n-008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/26/requerimento-n-009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/27/requerimento-n-010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/29/requerimento-n-011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/30/requerimento-n-012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/31/requerimento-n-013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/32/requerimento-n-014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/14/req-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/13/jpg2pdf.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/38/requerimento-n-018-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/36/requerimento-n-019-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/37/requerimento-n-20-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2017/39/requerimento-n-21-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>