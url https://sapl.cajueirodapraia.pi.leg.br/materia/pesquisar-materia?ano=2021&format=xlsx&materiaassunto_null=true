--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -51,559 +51,559 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/229/emenda_a_lei_organica_no_002_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/229/emenda_a_lei_organica_no_002_2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do município de Cajueiro da Praia, que dispõe sobre o período das sessões legislativas da Câmara Municipal de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_decreto_legislativo_no_001_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_decreto_legislativo_no_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de prédio público no município de Cajueiro da Praia - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_decreto_legislativo_no_002_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_decreto_legislativo_no_002_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Prédio Público no município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/04.1_-_projeto_de_lei_no_002_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/04.1_-_projeto_de_lei_no_002_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal n° 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/04.2_-_projeto_de_lei_no_003_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/04.2_-_projeto_de_lei_no_003_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação de protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/04.4_-_projeto_de_lei_no_005_2021_criacao_parque_ambiental.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/04.4_-_projeto_de_lei_no_005_2021_criacao_parque_ambiental.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Parque Ambiental Cajueiro da Praia - PI, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/04.5_-_projeto_de_lei_no_006_2021_-_projeto_agenda_21.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/04.5_-_projeto_de_lei_no_006_2021_-_projeto_agenda_21.pdf</t>
   </si>
   <si>
     <t>Cria, no âmbito do Município de Cajueiro da Praia - PI o Projeto Agenda 21, com a finalidade de implementar no Município as ações preconizadas da Agenda 21 local e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/04.6_-_projeto_de_lei_no_007_2021_politica_desenv_local_sustentavel.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/04.6_-_projeto_de_lei_no_007_2021_politica_desenv_local_sustentavel.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Desenvolvimento Local Sustentável do Município de Cajueiro da Praia-Pi, e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/04.8_-_projeto_de_lei_no_009_2021_multas_covid_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/04.8_-_projeto_de_lei_no_009_2021_multas_covid_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INFRAÇÕES ADMINISTRATIVAS DE NATUREZA CÍVEL DERIVADAS DE CONDUTAS E ATIVIDADES CONTRÁRIAS AO ENFRENTAMENTO EMERGÊNCIAL DE SAÚDE PÚBLICA - SINDROME RESPIRATÓRIA AGUDA GRAVE (SARSCOV-2) - COVID-19.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/04.9_-_projeto_de_lei_no_010_2021_doacao_completo_para_envio.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/04.9_-_projeto_de_lei_no_010_2021_doacao_completo_para_envio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar o imóvel de posse e propriedade do Município, à Federação do Comércio de Bens, Serviços e Turismo do Estado do_x000D_
 Piauí – FECOMÉRCIO e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/04.10_-_projeto_de_lei_no_011_2021_graticacao_saude.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/04.10_-_projeto_de_lei_no_011_2021_graticacao_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Incentivo Extraordinária aos servidores da saúde durante a vigência da calamidade de saúde pública decorrente do Coronavírus (COVID- 19) de acordo com a Portaria n2 1.666/2020 do Ministério da Saúde e a Lei Complementar n2 172, de 15 de abril de 2020 e dá outras disposições.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/04.11_-_projeto_de_lei_no_012_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/04.11_-_projeto_de_lei_no_012_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe e Autoriza a distribuição gratuita de fraldas descartáveis e leite para deficientes, idosos e crianças em estado de vulnerabilidade social nas condições que especifica.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/211/04.12_-_projeto_de_lei_no_013_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/211/04.12_-_projeto_de_lei_no_013_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe, Regulamenta e Disciplina a Concessão de Transporte Universitário Intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_014_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_014_2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n9 332, de 23 de fevereiro de 2017 (Estrutura organizacional do Município de Cajueiro da Praia - PI), alterada pela Lei n9 399, de 01 de julho de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_015_2021_contratar_financiamento.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_015_2021_contratar_financiamento.pdf</t>
   </si>
   <si>
     <t>Dispõe e Autoriza o Poder Executivo a contratar financiamento junto à União, por melo da Caixa Econômica Federal, na qualidade de Agente Financeiro, a oferecer garantias e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_016_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_016_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação que Estrutura a Comissão de Implantação e Execução do Programa Nacional de Apoio ã Gestão Administrativa e Fiscal dos Municípios Brasileiros - PNAFM cria a Unidade de Execução Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_017_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_017_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Praça Pública no Município de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça Pública no Município de Cajueiro da Praia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_019_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_019_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação Departamento Municipal  de Trânsito de Cajueiro da Praia - Pi  (DEMUTRA) e da junta administrativa de recursos de infração - JARI e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_020_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_020_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de dispositivos  na Lei nº 332, de 23 de fevereiro de 2017 (Estrutura organizacional do município de Cajueiro da Praia - PI), alterada pela Lei nº 399, de 01 de julho de 2019 e, dá outras providências, que inclui a criação da Ouvidoria do Município e, dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_021_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_021_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher e, dá outras providências.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/239/loa_2022_cajueiro_da_praia_pronto.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/239/loa_2022_cajueiro_da_praia_pronto.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia para o exercício de 2.022</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_024_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_024_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_credito_espicial_vaat_fundeb_cajueiro_alterado_vaat.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_credito_espicial_vaat_fundeb_cajueiro_alterado_vaat.pdf</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_026_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_026_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe e Estabelece regras do Regime Próprio de Previdência 5ocial do Município de Cajueiro da Praia-PI, de acordo com a Emenda Constitucional n°103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_027_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_027_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe e Institui o Regime de Previdência Complementar no âmbito do Município de Cajueiro da Praia; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_028_2021_cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_028_2021_cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre lei municipal de conscientização, prevenção e combate a prática de queimadas urbanas e rurais e, dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_029_2021_cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_029_2021_cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e alteração da Lei nº 342/2017 - Código Tributário do Município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/240/ppa_2022.2025_cajueiro_da_praia_pronto.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/240/ppa_2022.2025_cajueiro_da_praia_pronto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2022/2025.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_031_2021_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_031_2021_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial e, dá outras providências.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_032_2021_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_032_2021_cajueiro.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_033_2021_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_033_2021_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade, no âmbito do município de Cajueiro da Praia-PI, da digitalização de documentos em meios eletromagnéticos e, dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_no_034_2021_concessao_de_abono_fundeb_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_no_034_2021_concessao_de_abono_fundeb_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão de abono - FUNDEB, em caráter excepcional, no exercício de 2021, aos profissionais da educação básica da rede municipal de ensino de Cajueiro da Praia - PI, na forma que especifica e, dá outras providências.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_035_2021_pronto.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_035_2021_pronto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 406/2021 - que "Dispõe e estabelece regras do Regime Próprio de Previdência Social do município de Cajueiro da Praia-PI, de acordo com a Emenda Constitucional nº 103/2019", e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_036_2021_abono_fundeb.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_036_2021_abono_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 416, de 16 de dezembro de 2021, ampliando-se o rol dos profissionais da educação, para fins de concessão do abono - FUNDEB, em caráter excepcional, no exercício de 2.021 e, dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>172021</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_017_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_017_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA PÚBLICA DO MUNICÍPIO DE CAJUEIRO DA PRAIA, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>182021</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_018_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_018_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRÉDIO PÚBLICO NO MUNICÍPIO DE CAJUEIRO DA PRAIA, ESTADO DO PIAUÍ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_resolucao_no_001_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_resolucao_no_001_2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § único do artigo 107, do Regimento Interno da Câmara Municipal de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_resolucao_no_002_2021_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_resolucao_no_002_2021_cajueiro.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 3º do artigo 125, do Regimento Interno da Câmara Municipal de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_027_2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_027_2021.pdf</t>
   </si>
   <si>
     <t>Solicitação para limpeza e aprofundamento do Açude de Canto Grande, Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_028_2021_cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_028_2021_cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal a construção de um bueiro na estrada do Lago Santana.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>DECL</t>
   </si>
   <si>
     <t>Decreto / Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/242/decreto_legislativo_cajueiro__2021.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/242/decreto_legislativo_cajueiro__2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recesso do expediente nas dependências da Câmara Municipal de Cajueiro da Praia-PI, no período de final de ano e, dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -910,68 +910,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/229/emenda_a_lei_organica_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_decreto_legislativo_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_decreto_legislativo_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/04.1_-_projeto_de_lei_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/04.2_-_projeto_de_lei_no_003_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/04.4_-_projeto_de_lei_no_005_2021_criacao_parque_ambiental.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/04.5_-_projeto_de_lei_no_006_2021_-_projeto_agenda_21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/04.6_-_projeto_de_lei_no_007_2021_politica_desenv_local_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/04.8_-_projeto_de_lei_no_009_2021_multas_covid_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/04.9_-_projeto_de_lei_no_010_2021_doacao_completo_para_envio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/04.10_-_projeto_de_lei_no_011_2021_graticacao_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/04.11_-_projeto_de_lei_no_012_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/211/04.12_-_projeto_de_lei_no_013_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_014_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_015_2021_contratar_financiamento.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_016_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_017_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_019_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_020_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_021_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/239/loa_2022_cajueiro_da_praia_pronto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_credito_espicial_vaat_fundeb_cajueiro_alterado_vaat.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_028_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_029_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/240/ppa_2022.2025_cajueiro_da_praia_pronto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_031_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_032_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_033_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_no_034_2021_concessao_de_abono_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_035_2021_pronto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_036_2021_abono_fundeb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_017_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_018_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_resolucao_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_resolucao_no_002_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_027_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_028_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/242/decreto_legislativo_cajueiro__2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/229/emenda_a_lei_organica_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/projeto_de_decreto_legislativo_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/projeto_de_decreto_legislativo_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/04.1_-_projeto_de_lei_no_002_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/04.2_-_projeto_de_lei_no_003_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/04.4_-_projeto_de_lei_no_005_2021_criacao_parque_ambiental.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/04.5_-_projeto_de_lei_no_006_2021_-_projeto_agenda_21.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/04.6_-_projeto_de_lei_no_007_2021_politica_desenv_local_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/04.8_-_projeto_de_lei_no_009_2021_multas_covid_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/04.9_-_projeto_de_lei_no_010_2021_doacao_completo_para_envio.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/04.10_-_projeto_de_lei_no_011_2021_graticacao_saude.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/04.11_-_projeto_de_lei_no_012_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/211/04.12_-_projeto_de_lei_no_013_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/212/projeto_de_lei_no_014_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_015_2021_contratar_financiamento.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/projeto_de_lei_no_016_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/projeto_de_lei_no_017_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/projeto_de_lei_no_019_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/projeto_de_lei_no_020_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/projeto_de_lei_no_021_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/239/loa_2022_cajueiro_da_praia_pronto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/projeto_de_lei_no_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/projeto_de_lei_credito_espicial_vaat_fundeb_cajueiro_alterado_vaat.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/projeto_de_lei_no_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/projeto_de_lei_no_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/231/projeto_de_lei_no_028_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei_no_029_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/240/ppa_2022.2025_cajueiro_da_praia_pronto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei_no_031_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/235/projeto_de_lei_no_032_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_lei_no_033_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/237/projeto_de_lei_no_034_2021_concessao_de_abono_fundeb_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/241/projeto_de_lei_no_035_2021_pronto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/243/projeto_de_lei_no_036_2021_abono_fundeb.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/projeto_de_lei_017_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/projeto_de_lei_018_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/228/projeto_de_resolucao_no_001_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/238/projeto_de_resolucao_no_002_2021_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_027_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_028_2021_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2021/242/decreto_legislativo_cajueiro__2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>