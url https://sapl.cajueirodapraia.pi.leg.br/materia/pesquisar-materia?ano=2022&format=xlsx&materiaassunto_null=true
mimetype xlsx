--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -51,939 +51,939 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicativo de Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/indicativo_no_003_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/indicativo_no_003_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Indicativo de Projeto de Lei que "Dispõe sobre uma folga anual para todos os servidores públicos municipais de Cajueiro da Praia, Estado do Piauí, no dia do seu aniversário, na forma que menciona e, dá outras providências".</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/indicativo_no_005_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/indicativo_no_005_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Revisão salarial para os conselheiros tutelares de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/indicativo_no_006_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/indicativo_no_006_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Construção, em regime de urgência, de redutor de velocidade(quebra-molas), em frente à Câmara Municipal de Cajueiro da Praia-PI.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_decreto_legislativo_no_01_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_decreto_legislativo_no_01_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de título de cidadão honorário ao Sr Raimundo Alves de Souza Neto e, dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_decreto_legislativo_no_02_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_decreto_legislativo_no_02_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário ao Sr Pedro Felipe Silva Lima e, dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_no_037_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_no_037_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão, exclusão e alteração de dispositivos na Lei nº 332, de 23 de fevereiro de 2017 (Estrutura organizacional do Município de Cajueiro da Praia - PI), alterada pela Lei nº 399, de 01 de julho de 2019, nº 403, de 05 de novembro de 2021 e, dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_039_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_039_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação da comenda de honra ao mérito no município de Cajueiro da Praia - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_040_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_040_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão, exclusão e alteração de dispositivos na Lei nº 332, de 23 de fevereiro de 2017 (Estrutura Organizacional do Município de Cajueiro da Praia - PI), alterada pela Lei nº 399, de 01 de julho de 2019, nº 403 de 05 de novembro de 2021, nº 421 de 25 de janeiro de 2022, reforma administrativa nas Secretarias de Governo e Educação e, dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_041_2022_cajueirodapraia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_041_2022_cajueirodapraia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da "RUA MANOEL ALEGRE" no município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_no_042_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_no_042_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre modificação de denominação da "Rua Chagas Cearense" no município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_043_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_043_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos profissionais do magistério e, dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_044_2022_com_emendas_pronto.cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_044_2022_com_emendas_pronto.cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivos da Lei 216/2009 e 241/2011 e, dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_045_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_045_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos e vagas para atendimento ao concurso público a ser realizado pela administração e, dá outras providências.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_no_046_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_no_046_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui o programa bolsa monitoria na rede pública municipal de ensino do município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_ldo_2023_cajueiro_versao_sapl.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_ldo_2023_cajueiro_versao_sapl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_no_048_2022_p_m_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_no_048_2022_p_m_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial e, dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_no_049_2022_p_m_cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_no_049_2022_p_m_cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>Institui a EDITORA DE JORNAIS E PUBLICAÇÕES DIÁRIAS LTDA - Diário Oficial das Prefeituras Piauienses como veículo oficial de comunicação dos atos normativos e administrativos do município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_no_050_2022_cajuprev.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_no_050_2022_cajuprev.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 192, de 14 de abril de 2009, que instituiu o Regime Próprio de Previdência Social do Município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no_051_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no_051_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de honorários ao setor jurídico do município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no_052_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no_052_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A. e, dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_no_053_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_no_053_2022.pdf</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_no_054_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_no_054_2022.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_no_055_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_no_055_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização piso salarial dos Agentes Comunitários de Saúde e Agentes de Combates a Endemias, do município de Cajueiro da Praia, Estado do Piauí, nos termos da EC 120/2022 e, dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_no_056_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_no_056_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de vale-refeição aos servidores municipais e, dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_no_057_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_no_057_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e alteração de dispositivos na Lei nº 332, de 23 de fevereiro de 2017 (Estrutura Organizacional do município de Cajueiro da Praia - PI), alterada pela Lei nº 399, de 01 de julho de 2019, Lei nº 403 de 05 de novembro de 2021, Lei nº 421, de 25 de janeiro de 2022 e, Lei nº 423, de 25 de fevereiro de 2022 e, dá outras providências.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_058_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_058_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho e Fundo Municipal de Segurança Pública, no município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_no_059_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_no_059_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_no_060_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_no_060_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dá nome a Rua José Rodrigues das Mercês (Sr. Bar), na Sede do município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_no_061_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_no_061_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária, destinado ao atendimento emergencial de necessidade temporária e de excepcional interesse público, nas escolas da rede municipal de ensino de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_no_062_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_no_062_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do processo de seleção para o cargo de gestor escolar segundo critérios técnicos de mérito e desempenho e, dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_no_063_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_no_063_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal de Tributos - REFIM, no município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_no_064_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_no_064_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e declara patrimônio cultural imaterial do município de Cajueiro da Praia, a pesca artesanal para captura de tainha, ranchos de pesca e, dá outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_no_065_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_no_065_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e alteração da Lei Nº 181/08 - Plano Diretor do município e, regulamentação de parte da lei nº 342/2017 Código Tributário do município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_no_066_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_no_066_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e altera dispositivos da Lei nº 241, de 17 de maio de 2011 (Plano de Cargos, Carreira e Remuneração dos Profissionais da Educação Básica do município de Cajueiro da Praia - PI) e, dá outras providências.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/projeto_de_lei_no_068_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/projeto_de_lei_no_068_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do Sistema de Controle de Fluxo Turístico - Voucher Digital no município de Cajueiro da Praia - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_no_069_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_no_069_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação da taxa de turismo sustentável (TTS) no município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_no_070_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_no_070_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação da taxa de visitação e/ou conservação de unidade de preservação ambiental (TPA) no município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_no_071_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_no_071_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui no município de Cajueiro da Praia-PI, o "serviço de acolhimento em família acolhedora".</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_no_072_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_no_072_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui o sistema municipal de atendimento socioeducativo, nas modalidades de medidas socioeducativas de liberdade assistida e de prestação de serviços à comunidade, destinado à adolescentes em conflito com a lei no município de Cajueiro da Praia-PI - SINASE, do sistema municipal de atendimento socioeducativo (SIMASE).</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_no_073_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_no_073_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para firmar parceria técnica-administrativa mediante celebração de termo de colaboração entre o município de Cajueiro da Praia - PI e Associação de Pais e Amigos Excepcionais - APAE de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/ploa_cajueiro-2023.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/ploa_cajueiro-2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia, Estado do Piauí, para o exercício financeiro de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_no_075_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_no_075_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui o "Prêmio Educação Nota 10 de Cajueiro da Praia" para os melhores resultados de desempenho alcançados pelas escolas da Rede Pública Municipal de Ensino de Cajueiro da Praia (PI) e, dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_076_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_076_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_no_077_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_no_077_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui o “Prêmio de Incentivo ao Mérito - PIM” no âmbito das Escolas de Ensino Fundamental Regular da Rede Pública Municipal de Ensino de Cajueiro da Praia.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_no_078_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_no_078_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão do Abono – FUNDEB, em caráter excepcional, no exercício de 2022, aos Profissionais da Educação Básica da Rede Municipal de Ensino de Cajueiro da Praia-PI, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_no_079_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_no_079_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>CONCEDE, NOS TERMOS DO ART. 37, X DA CONSTITUIÇÃO FEDERAL, REVISÃO GERAL ANUAL AOS SUBSÍDIOS DOS CARGOS DE PREFEITO, VICE-PREFEITO E SECRETÁRIO MUNICIPAL DE QUE TRATA O ART. 39, § 4º, DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_resolucao_no_001_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_resolucao_no_001_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Atualiza os subsídios dos vereadores do município de Cajueiro da Praia, para o ano de 2022 e, dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_resolucao_no_002_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_resolucao_no_002_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base de pessoal ocupante de cargo de provimento efetivo da Câmara Municipal de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>LAGUINHO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_resolucao_003.2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_resolucao_003.2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Institui no Poder Legislativo do município de Cajueiro da Praia-PI a Comissão para realização de estudos para a revisão da Lei Orgânica Municipal e adequação do Regimento Interno e, dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/pr_05-2022-assinado.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/pr_05-2022-assinado.pdf</t>
   </si>
   <si>
     <t>Atualiza os Subsídios dos Vereadores do Município de Cajueiro da Praia, para o ano de 2023 e dá outras providencias.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_001_2022_cajueiro_da_praia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_001_2022_cajueiro_da_praia.pdf</t>
   </si>
   <si>
     <t>REQUER e após ouvido o Plenário, que seja encaminhado ofício para o Sr Prefeito Municipal e Secretaria de Obras e Infraestrutura, para que os mesmos determinem: NOTIFICAR as empresas provedores de internet existentes no município, que as mesmas no ato do cancelamento dos serviços prestados no município, que além dos aparelhos retirados da residência, também façam a remoção do fio não utilizado que parte do poste para residência.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_002_2022_cajueirodapraia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_002_2022_cajueirodapraia.pdf</t>
   </si>
   <si>
     <t>Declara patrimônio cultural imaterial do Município de Cajueiro da Praia, a pesca artesanal para captura de tainha, ranchos de pesca e, dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_003_2022_cajueirodapraia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_003_2022_cajueirodapraia.pdf</t>
   </si>
   <si>
     <t>Solicita junto à Prefeitura Municipal e Secretaria Municipal de Obras, Infraestrutura e Serviços Públicos, para que os mesmos determinem: a colocação de refletores no campo de futebol em Morada Nova.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_004_2022_cajueirodapraia.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_004_2022_cajueirodapraia.pdf</t>
   </si>
   <si>
     <t>Solicita junto à Prefeitura Municipal e Secretaria de Obras, Infraestrutura e Serviços Urbanos que seja determinada a limpeza de um lixão que fica localizado depois da Comunidade Tocos, após a total limpeza seja colocado cerca para proibir o acesso a esta via e placas de avisos para proibir que voltem a dispensar resíduos no local, pois, com o descarte de resíduos no local e devido as chuvas vem ocasionando a poluição do Lago Santana.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_006_2022_cm_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_006_2022_cm_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita providências junto ao Departamento de Estradas e Rodagens do Piauí (DER-PI), construção de redutores de velocidades(lombadas) no município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_007_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_007_2022.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de sinalização das praias nas áreas de perigo avisando os banhistas.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_008_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_008_2022.pdf</t>
   </si>
   <si>
     <t>Solicita reparo no calçamento da Rua Francisco Paulino Silva em Barra Grande, Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_009_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_009_2022.pdf</t>
   </si>
   <si>
     <t>Solicita demarcação das áreas e colocação de placas informativas (sinalização, vende-se, estacionamento, pousada, restaurante, etc)</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_010_2022.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_010_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma e construção de mais paradas de ônibus no município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/requerimento_013.2022_ver.luciano.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/requerimento_013.2022_ver.luciano.pdf</t>
   </si>
   <si>
     <t>Solicita iluminação pública, da via PI 301 (rodoviária de Barra Grande até a entrada de Barra Grande), Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_no_014_2022_fco_denis_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_no_014_2022_fco_denis_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita ampliação e limpeza do cemitério público da Sede do município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/requerimento_no_015_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/requerimento_no_015_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita aumento na diária dos motoristas que se deslocam do município de Cajueiro da Praia - PI para a capital Teresina - PI e outros Estados.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/requerimento_no_016_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/requerimento_no_016_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura Municipal de Cajueiro da Praia, através da Secretaria Municipal de Saúde, contrate um profissional de saúde médico pediatra, para atendimento dos munícipes.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/requerimento_no_017_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/requerimento_no_017_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita que seja organizada e realizada reunião em audiência pública com representantes da Secretaria Municipal de Saúde, do Sindicato dos Servidores de Cajueiro da Praia, Conselho dos Profissionais, servidores lotados na Secretaria Municipal de Saúde e população em geral, para discussão de recomposição salarial para os profissionais da saúde do município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/requerimento_no_018_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/requerimento_no_018_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza e asseamento dos cemitérios de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/requerimento_no_019_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/requerimento_no_019_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita que seja organizada e realizada reunião em audiência pública com a Senhora Secretária Municipal de Educação ou Representantes da Secretaria Municipal de Educação, para discutirem uma Audiência sobre as proposições que deram entrada nesta Augusta Casa e que se encontram em fase de análise.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/requerimento_no_020_2022_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/requerimento_no_020_2022_cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER equiparação salarial dos Agentes de Vigilância Sanitária à remuneração dos Agentes de Saúde e dos Agentes de Combate à Endemias do município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_no_021_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_no_021_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Construção de muro ao redor do cemitério público da Comunidade Boa Vista, Município de Cajueiro da Praia/PI.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_022_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_022_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Construção, em regime de urgência, de redutor de velocidade(quebra-molas), entre a Unidade Escolar Anatólio Carneiro e a Unidade de Saúde, da comunidade Boa Vista, Município de Cajueiro da Praia/PI.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/requerimento_no_026_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/requerimento_no_026_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Aumento salarial ou pelo menos recomposição de perca da inflação com a correção financeira dos rendimentos dos profissionais Assistentes Sociais.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_027_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_027_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita ligação de água encanada da Agespisa em todas as residências das localidades Árvore Verde e Bom Princípio.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_028_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_028_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Conserto ou reposição da bomba do poço situado no Povoado de Canto Grande.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_029_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_029_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Conserto ou reposição das pias e colocação da bomba para o chafariz do Povoado Boa Vista.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_030_2022-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_030_2022-cajueiro.pdf</t>
   </si>
   <si>
     <t>Prestar informações a cerca da distribuição e abastecimento de água feito pelo caminhão pipa.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>EMIMP</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_do_vereador_laguinho.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_do_vereador_laguinho.pdf</t>
   </si>
   <si>
     <t>Destina recursos no orçamento de 2023 para atender à Unidade de Saúde de Barra Grande, deste município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1290,68 +1290,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/indicativo_no_003_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/indicativo_no_005_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/indicativo_no_006_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_decreto_legislativo_no_01_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_decreto_legislativo_no_02_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_no_037_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_039_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_040_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_041_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_no_042_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_043_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_044_2022_com_emendas_pronto.cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_045_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_no_046_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_ldo_2023_cajueiro_versao_sapl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_no_048_2022_p_m_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_no_049_2022_p_m_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_no_050_2022_cajuprev.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no_051_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no_052_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_no_053_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_no_054_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_no_055_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_no_056_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_no_057_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_058_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_no_059_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_no_060_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_no_061_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_no_062_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_no_063_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_no_064_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_no_065_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_no_066_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/projeto_de_lei_no_068_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_no_069_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_no_070_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_no_071_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_no_072_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_no_073_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/ploa_cajueiro-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_no_075_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_076_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_no_077_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_no_078_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_no_079_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_resolucao_no_001_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_resolucao_no_002_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_resolucao_003.2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/pr_05-2022-assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_001_2022_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_002_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_003_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_004_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_006_2022_cm_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_007_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_008_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_009_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_010_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/requerimento_013.2022_ver.luciano.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_no_014_2022_fco_denis_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/requerimento_no_015_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/requerimento_no_016_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/requerimento_no_017_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/requerimento_no_018_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/requerimento_no_019_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/requerimento_no_020_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_no_021_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_022_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/requerimento_no_026_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_027_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_028_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_029_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_030_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_do_vereador_laguinho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/indicativo_no_003_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/indicativo_no_005_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/indicativo_no_006_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_decreto_legislativo_no_01_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_decreto_legislativo_no_02_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/projeto_de_lei_no_037_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_no_039_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_no_040_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_no_041_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_no_042_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_no_043_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/projeto_de_lei_no_044_2022_com_emendas_pronto.cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/257/projeto_de_lei_no_045_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/258/projeto_de_lei_no_046_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_ldo_2023_cajueiro_versao_sapl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_no_048_2022_p_m_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/projeto_de_lei_no_049_2022_p_m_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_no_050_2022_cajuprev.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no_051_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_no_052_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_no_053_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_no_054_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_no_055_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_de_lei_no_056_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_no_057_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_no_058_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_no_059_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/projeto_de_lei_no_060_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/projeto_de_lei_no_061_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_no_062_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_de_lei_no_063_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_no_064_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_no_065_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_no_066_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/projeto_de_lei_no_068_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_no_069_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/projeto_de_lei_no_070_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/projeto_de_lei_no_071_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/projeto_de_lei_no_072_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/projeto_de_lei_no_073_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/ploa_cajueiro-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_no_075_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_no_076_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/projeto_de_lei_no_077_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/projeto_de_lei_no_078_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/projeto_de_lei_no_079_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_resolucao_no_001_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_resolucao_no_002_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/259/projeto_de_resolucao_003.2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/pr_05-2022-assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/requerimento_no_001_2022_cajueiro_da_praia.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/requerimento_no_002_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/requerimento_no_003_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/requerimento_no_004_2022_cajueirodapraia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/256/requerimento_no_006_2022_cm_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/260/requerimento_no_007_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/261/requerimento_no_008_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/requerimento_no_009_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/requerimento_no_010_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/requerimento_013.2022_ver.luciano.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/requerimento_no_014_2022_fco_denis_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/requerimento_no_015_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/requerimento_no_016_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/requerimento_no_017_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/requerimento_no_018_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/requerimento_no_019_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/requerimento_no_020_2022_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/requerimento_no_021_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/requerimento_no_022_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/requerimento_no_026_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/requerimento_no_027_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/requerimento_no_028_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/requerimento_no_029_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/requerimento_no_030_2022-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/emenda_do_vereador_laguinho.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>