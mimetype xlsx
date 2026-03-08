--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -54,771 +54,771 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_080_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_080_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de quantitativos de cargos de diretores escolares disciplinados no Anexo I da Lei Municipal nº 332, de 23 de fevereiro de 2017 e, dá outras providências.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_no_081_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_no_081_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei Municipal nº 367, de 01 de julho de 2019 e, dá outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_082_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_082_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei Municipal nº 369, de 25 de julho de 2019 e, dá outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_no_083_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_no_083_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e atualização do salário-mínimo do município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_no_084_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_no_084_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e altera a Lei Municipal nº 241, de 17 de maio de 2011 e atualiza o piso dos professores do município de Cajueiro da Praia-PI no ano de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_085_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_085_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diminuição de carga horária dos profissionais da enfermagem e, dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_no_086_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_no_086_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e altera a Lei Municipal nº 433, de 25 de julho de 2022 e atualiza o piso dos ACS e ACE do município de Cajueiro da Praia-PI no ano de 2023 e, dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_087_2023_-_rpv_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_087_2023_-_rpv_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe no âmbito do Município de Cajueiro da Praia-PI, o valor para pagamento das obrigações de pequeno valor (RPV), nos termos do art. 100, §§ 3º e 4º, da Constituição Federal, com redação dada pela Emenda Constitucional nº 62, de 09 de dezembro de 2009 e, dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_088_2023_-_isencao_iptu_retificado_88.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_088_2023_-_isencao_iptu_retificado_88.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Isenção do Imposto Predial Territorial Urbano-IPTU para os contribuintes de baixa renda e funcionários públicos no Município de Cajueiro da Praia-PI.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_089_2023_criacao_o_conselho_municipal_de_cultura_retificado_89_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_089_2023_criacao_o_conselho_municipal_de_cultura_retificado_89_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação O Conselho Municipal De Cultura - CMC E O Fundo Municipal De Cultura - FAC E Dá Outras Providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_no_090_2023_-_reajuste_salarial_dos_odontologos_2023.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_no_090_2023_-_reajuste_salarial_dos_odontologos_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do piso dos Odontólogos do município de Cajueiro da Praia-PI no ano de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_no_091_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_no_091_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da política municipal de estímulo à prevenção e ao combate a incêndios florestais e danos de enchentes e dá outras providências, no município de Cajueiro da Praia-PI.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_no_092_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_no_092_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Instituição da Política Municipal de Mudanças Climáticas, Serviços Ambientais e Biodiversidade, com vistas à implantação de Princípios, Diretrizes, Objetivos, Ações, Programas e dá outras providências, no Município de Cajueiro da Praia-PI.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_no_093_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_no_093_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_no_094_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_no_094_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do piso dos Agente de Vigilância Sanitária do município de Cajueiro da Praia-Pi no ano de 2023 e altera Lei Municipal nº 463 de 03 de março de 2023 e atualiza o piso dos ACS e ACE do município de Cajueiro da Praia-Pi no ano de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_095_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_095_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos percentuais mínimos, médio e máximo para fins de pagamento do adicional de insalubridade, e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_096_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_096_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e determina feriado em todo o município, o dia do padroeiro do município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_097_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_097_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_098_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_098_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_099-2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_099-2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre folga anual aos servidores públicos municipais no dia do seu aniversário do município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_100-2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_100-2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamenta a taxa de visitação e/ou conservação de unidade de preservação ambiental (TPA) no município de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_101-2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_101-2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos das Leis nº.s 216/2009 e 241/2011 relativos à licença para exercício de mandato classista e, dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_102-2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_102-2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Esporte, Juventude e Lazer - CMEJEL e o Fundo Municipal de Esporte, Juventude e Lazer - FMEJEL e, dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/351/ldo_2024_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/351/ldo_2024_cajueiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI DE ORÇAMENTO PARA O ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_106_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_106_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e Autoriza o Poder Executivo Municipal a complementar o piso da enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_no_107_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_no_107_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei 425, de 21 de abril de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_108_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_108_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE E AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_no_109_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_no_109_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da remuneração do supervisor de transportes constantes do anexo i da lei 423, de 25 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_110_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_110_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e Institui o programa municipal de apoio aos carroceiros/catadores de materiais recicláveis, e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_111_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_111_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas para instalação, licenciamento e funcionamento de atividades econômicas no Município de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_112_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_112_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação cargos e vagas de professor para atendimento ao concurso público a ser realizado pela administração municipal, bem como altera dispositivos da Lei Municipal 439 de 09 de setembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_de_lei_no_113_2023_loa_2024_consolidado_assinado-1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_de_lei_no_113_2023_loa_2024_consolidado_assinado-1.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia para o exercício 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_no_114_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_no_114_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do piso Salarial dos Fisioterapeutas no município de Cajueiro da Praia-Pi, e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_no_115_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_no_115_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/projeto_de_lei_no_116_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/projeto_de_lei_no_116_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe e estabelece gratificação aos profissionais de saúde que atuam como socorristas do Serviço de Atendimento Móvel de Urgência (SAMU) no município de Cajueiro da Praia-PI, independente de grau ou função, e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_no_117_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_no_117_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_resolucao_no_001_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_resolucao_no_001_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base de pessoal ocupante de cargo de provimento efetivo da Câmara Municipal de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/327/requerimento_no_002_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/327/requerimento_no_002_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao DER/PI (Departamento de Estradas de Rodagens do Estado do Piauí) os serviços de sinalização na via já asfaltada e conclusão do mesmo até a Praça Santa Luzia, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/328/requerimento_no_003_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/328/requerimento_no_003_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao DER/PI (Departamento de Estradas de Rodagens do Estado do Piauí) os serviços de roço e recuperação do acostamento da PI 301, que liga a BR 402 à cidade de Cajueiro da Praia, bem como, o trecho que dá acesso à Comunidade Barra Grande, neste município.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/331/requerimento_no_004_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/331/requerimento_no_004_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita reformar e colocar uma área coberta no posto de saúde de Camurupim, neste município.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/332/requerimento_no_005_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/332/requerimento_no_005_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita iluminação pública por lâmpadas de led, da via que começa na ponte até as últimas casas da localidade Camurupim(lado  pertencente à Cajueiro da Praia-PI).</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/333/requerimento_no_006_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/333/requerimento_no_006_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita reforma do chafariz público da Comunidade Boa Vista, município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/334/requerimento_no_007_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/334/requerimento_no_007_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita construção de 03(três) quebra-molas: 02 em Barra Grande, em frente ao posto de gasolina e em frente a churrascaria Licor de Caju na PI 301 em Barra Grande e 01 quebra-molas na Comunidade Barrinha na Rua Nair Fontenele e, dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/335/requerimento_no_008_2023_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/335/requerimento_no_008_2023_cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza e asseamento dos cemitérios de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/337/requerimento_no_009_2023.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/337/requerimento_no_009_2023.pdf</t>
   </si>
   <si>
     <t>REQUER construção de um playground (área ao ar livre, para recreação infantil, contendo brinquedos e outros equipamentos, como balanços, gangorras, etc.) entre a Praça e a Quadra Poliesportiva de Barra Grande e, dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/353/requerimento_no_012_2023-luciano.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/353/requerimento_no_012_2023-luciano.pdf</t>
   </si>
   <si>
     <t>REQUER 01(Um) posto de identificação digital, na cidade de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/354/requerimento_no_013_2023-joao-pedro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/354/requerimento_no_013_2023-joao-pedro.pdf</t>
   </si>
   <si>
     <t>REQUER planeamento de terreno e colocação de piçarra, limpeza do terreno, localizado próximo ao posto de combustível ao lado do bar do Joaquim, Rua Projetada 03, em Barra Grande, Cajueiro da Praia, Piauí.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/355/requerimento_no_014_2023-laguinho.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/355/requerimento_no_014_2023-laguinho.pdf</t>
   </si>
   <si>
     <t>REQUER reforma do prédio público onde atualmente funciona o correspondente dos Correios, localizado na Praça Nossa Senhora da Conceição em Barra Grande, Cajueiro da Praia, Piauí.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_no_015_2023-erivalda.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_no_015_2023-erivalda.pdf</t>
   </si>
   <si>
     <t>REQUER 01(Um) transformador de energia elétrica para o Bairro de Fátima, Zona Urbana, Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/358/requerimento_no_016_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/358/requerimento_no_016_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação de toda a via da translitoral e, dá outras providências.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/357/requerimento_no_017_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/357/requerimento_no_017_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita demarcação das áreas e colocação de placas informativas (sinalização, vende-se, estacionamento, pousada, restaurante, etc...), recuperação e acréscimo de mais placas de sinalização de trânsito e, dá outras providências.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/359/requerimento_no_018_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/359/requerimento_no_018_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao Poder Executivo municipal a elaboração de calendário para atendimento a população de Barra Grande, que necessitam da emissão de documento tipo RG nos mutirões realizados neste município e, dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/360/requerimento_no_019_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/360/requerimento_no_019_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo municipal informações sobre o início das obras de reforma da UBS de Barra Grande e, dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/364/requerimento_021.2023-erivalda.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/364/requerimento_021.2023-erivalda.pdf</t>
   </si>
   <si>
     <t>REQUER a mudança do prédio público que é o chafariz da Praça Santa Luzia em um anexo da UBS módulo I da Sede de Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/365/requerimento_022.2023-erivalda.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/365/requerimento_022.2023-erivalda.pdf</t>
   </si>
   <si>
     <t>REQUER a revitalização da quadra poliesportiva que fica localizada na Praça de eventos(Sede do Município), ao lado do antigo mercado do peixe e, dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/366/requerimento_023.2023-erivalda.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/366/requerimento_023.2023-erivalda.pdf</t>
   </si>
   <si>
     <t>REQUER a revitalização da Avenida Hermínio Caetano, Sede, neste município.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/367/requerimento_024.2023-erivalda.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/367/requerimento_024.2023-erivalda.pdf</t>
   </si>
   <si>
     <t>REQUER a padronização de todos os meios-fios da Sede deste município.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/368/requerimento_no_025_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/368/requerimento_no_025_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo a realização de uma série de obras hídricas em diversas comunidades deste município e, dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/369/requerimento_no_026_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/369/requerimento_no_026_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER do Poder Executivo adotar as medidas para o cercamento do cemitério do Povoado Canta Grande deste município e, dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/370/requerimento_no_027_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/370/requerimento_no_027_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER oficiar o Sr José Ribamar Nolêto de Santana - Diretor Presidente da Agespisa, para analisar a situação caótica do sistema de abastecimento e a escassez no fornecimento de água potável na região do município de Cajueiro da Praia, sob responsabilidade da Agespisa.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/requerimento_no_028_2023-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/requerimento_no_028_2023-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER o reparo e manutenção do Auditório Lenyr Coutinho Albuquerque e, dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1125,68 +1125,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_080_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_no_081_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_082_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_no_083_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_no_084_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_085_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_no_086_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_087_2023_-_rpv_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_088_2023_-_isencao_iptu_retificado_88.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_089_2023_criacao_o_conselho_municipal_de_cultura_retificado_89_nv.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_no_090_2023_-_reajuste_salarial_dos_odontologos_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_no_091_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_no_092_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_no_093_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_no_094_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_095_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_096_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_097_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_098_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_099-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_100-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_101-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_102-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/351/ldo_2024_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_106_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_no_107_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_108_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_no_109_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_110_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_111_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_112_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_de_lei_no_113_2023_loa_2024_consolidado_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_no_114_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_no_115_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/projeto_de_lei_no_116_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_no_117_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_resolucao_no_001_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/327/requerimento_no_002_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/328/requerimento_no_003_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/331/requerimento_no_004_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/332/requerimento_no_005_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/333/requerimento_no_006_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/334/requerimento_no_007_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/335/requerimento_no_008_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/337/requerimento_no_009_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/353/requerimento_no_012_2023-luciano.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/354/requerimento_no_013_2023-joao-pedro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/355/requerimento_no_014_2023-laguinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_no_015_2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/358/requerimento_no_016_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/357/requerimento_no_017_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/359/requerimento_no_018_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/360/requerimento_no_019_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/364/requerimento_021.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/365/requerimento_022.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/366/requerimento_023.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/367/requerimento_024.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/368/requerimento_no_025_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/369/requerimento_no_026_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/370/requerimento_no_027_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/requerimento_no_028_2023-cajueiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/322/projeto_de_lei_no_080_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/321/projeto_de_lei_no_081_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/320/projeto_de_lei_no_082_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/319/projeto_de_lei_no_083_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_no_084_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_no_085_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_no_086_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/330/projeto_de_lei_no_087_2023_-_rpv_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/329/projeto_de_lei_no_088_2023_-_isencao_iptu_retificado_88.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/336/projeto_de_lei_no_089_2023_criacao_o_conselho_municipal_de_cultura_retificado_89_nv.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/338/projeto_de_lei_no_090_2023_-_reajuste_salarial_dos_odontologos_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/339/projeto_de_lei_no_091_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/340/projeto_de_lei_no_092_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/341/projeto_de_lei_no_093_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/345/projeto_de_lei_no_094_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_095_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_096_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/346/projeto_de_lei_no_097_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/342/projeto_de_lei_no_098_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/347/projeto_de_lei_no_099-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_de_lei_no_100-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_de_lei_no_101-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_102-2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/351/ldo_2024_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/356/projeto_de_lei_no_106_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_no_107_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_no_108_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_no_109_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_no_110_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_no_111_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_no_112_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_de_lei_no_113_2023_loa_2024_consolidado_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/projeto_de_lei_no_114_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/projeto_de_lei_no_115_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/projeto_de_lei_no_116_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/projeto_de_lei_no_117_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/323/projeto_de_resolucao_no_001_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/327/requerimento_no_002_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/328/requerimento_no_003_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/331/requerimento_no_004_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/332/requerimento_no_005_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/333/requerimento_no_006_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/334/requerimento_no_007_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/335/requerimento_no_008_2023_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/337/requerimento_no_009_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/353/requerimento_no_012_2023-luciano.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/354/requerimento_no_013_2023-joao-pedro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/355/requerimento_no_014_2023-laguinho.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/352/requerimento_no_015_2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/358/requerimento_no_016_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/357/requerimento_no_017_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/359/requerimento_no_018_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/360/requerimento_no_019_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/364/requerimento_021.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/365/requerimento_022.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/366/requerimento_023.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/367/requerimento_024.2023-erivalda.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/368/requerimento_no_025_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/369/requerimento_no_026_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/370/requerimento_no_027_2023-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/requerimento_no_028_2023-cajueiro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="160.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="159.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="254.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>