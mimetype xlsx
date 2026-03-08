--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -54,396 +54,396 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_no_119_-_atualizacao_do_salario-minimo_nacional_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_no_119_-_atualizacao_do_salario-minimo_nacional_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO E ATUALIZAÇÃO DO SALÁRIO-MÍNIMO DO MUNICÍPIO DE CAJUEIRO DA PRAIA-PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_no_120_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_no_120_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVOS DA LEI 216/009 E 241/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_no_121_2024-vagas_de_apoio_e_alteracao_da_lei_425_e_4811-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_no_121_2024-vagas_de_apoio_e_alteracao_da_lei_425_e_4811-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei 425, de 21 de abril de 2022, da Lei 481 de 10 de outubro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/386/projeito_de_lei_122.2024-_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/386/projeito_de_lei_122.2024-_cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e altera Lei Municipal nº 241 de 17 de maio de 2011 e atualiza o piso dos professores do município de Cajueiro da Praia-PI no ano de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_no_124_2024_cargo_de_ouvidoria_na_camara-cm-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_no_124_2024_cargo_de_ouvidoria_na_camara-cm-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e inclusão de cargos em provimento em comissão na Lei de 18 de janeiro de 2016, da Câmara Municipal de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>JEFFERSON ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_125_2024_rua_pinheiro_lourenco-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_125_2024_rua_pinheiro_lourenco-cajueiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da "Rua Pinheiro Lourenço" no município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_no_130_2024-_autorizacao_para_leilao.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_no_130_2024-_autorizacao_para_leilao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para proceder a indicação de bens móveis, veículos, sucatas, material inservíveis, irrecuperavéis e antieconômico de propriedade do município, objetivando posterior alienação através de licitação na modalidade de leilão público e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_no_131_2024_-_reajuste_salarial_dos_prof_seletivados_2024.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_no_131_2024_-_reajuste_salarial_dos_prof_seletivados_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de dispositivos da lei n° 439, de 09 de setembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_no_133_2024_-_criacao_do_selo_empresa_amiga_da_mulher.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_no_133_2024_-_criacao_do_selo_empresa_amiga_da_mulher.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Selo "Empresa Amiga da Mulher" no âmbito do município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_ldo_2025_com_anexos.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_ldo_2025_com_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei de orçamento para o ano de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_no_135_2024_dispoe_sobre_a_fixacao_de_subsidio_dos_agentes_politicos_do_executivo_.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_no_135_2024_dispoe_sobre_a_fixacao_de_subsidio_dos_agentes_politicos_do_executivo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de subsídio dos Agentes Políticos do Poder Executivo e Legislativo Municipal de Cajueiro da Praia - PI, nos termos dos Arts. 29, incisos V e VI; Art. 37, inciso XI, ambos da Constituição Federal de 1988 e, dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_no_136_2024_-_institui_jeton_cajuprev1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_no_136_2024_-_institui_jeton_cajuprev1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PAGAMENTO DE "JETON DE PRESENÇA" PELA PARTICIPAÇÃO EM ÓRGÃOS DE DELIBERAÇÃO COLEGIADA DO FUNDO PREVIDENCIÁRIO SOCIAL DO MUNICÍPIO DE CAJUEIRO DA PRAIA – CAJUEIRO-PREV, UNIDADE GESTORA DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL – RPPS DO MUNICÍPIO DE CAJUEIRO DA PRAIA-PI.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_no_137_2024_-_taxa_de_licenciamento_ambiental1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_no_137_2024_-_taxa_de_licenciamento_ambiental1.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE LICENCIAMENTO AMBIENTAL DO MUNICÍPIO DE CAJUEIRO DA PRAIA - PI.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_no_138_2024_-_credito_especial_aldir_blanc_2024.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_no_138_2024_-_credito_especial_aldir_blanc_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE E PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO ÂMBITO DO MUNICÍPIO DE CAJUEIRO DA PRAIA-PI E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO ANUAL DE 2024, NO VALOR DE VALOR DE R$ 70.000,00 (SETENTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_lei_no_140_2024_-_loa_2025_consolidado_assinado.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_lei_no_140_2024_-_loa_2025_consolidado_assinado.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Cajueiro da Praia para o exercício de 2025 e, dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_de_lei_no_141_2024_-_reforma_complementar_das_regras_rpps1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_de_lei_no_141_2024_-_reforma_complementar_das_regras_rpps1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Alterações e Modificação o Regime Próprio de Previdência Social do Município de Cajueiro da Praia-PI de acordo com a Emenda Constitucional nº 103, de 2019.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_de_lei_no_142_2024_-_regras_rpps_e_emenda_lei_organica1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_de_lei_no_142_2024_-_regras_rpps_e_emenda_lei_organica1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações a legislação que estabelece as regras para o Regime Próprio de Previdência Social do Município de Cajueiro da Praia-PI de acordo com a Emenda Constitucional nº 103, de 2019.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_no_143_2024_dispoe_sobre_denominacao_de_rua_martins_ribeiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_no_143_2024_dispoe_sobre_denominacao_de_rua_martins_ribeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de "Rua Martins Ribeiro", na Ponta do Sardim e, dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_lei_no_144_2024_-_abono_-_fundeb_2024.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_lei_no_144_2024_-_abono_-_fundeb_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão do Abono – FUNDEB, em caráter excepcional, no exercício de 2024, aos Profissionais da Educação Básica da Rede Municipal de Ensino de Cajueiro da Praia-PI, na forma que especifica e, dá outras providências</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_lei_no_145_2024_novo_sistema_tributario_municipal.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_lei_no_145_2024_novo_sistema_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA TRIBUTÁRIO MUNICIPAL E SOBRE AS NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEIS AO MUNICÍPIO DE CAJUEIRO DA PRAIA, ALTERA A LEI 342/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/407/projeto_de_lei_no_146_2024_prorroga_emenda_impossitivas.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/407/projeto_de_lei_no_146_2024_prorroga_emenda_impossitivas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO EXCEPCIONAL PARA EXECUÇÃO DAS EMENDAS IMPOSITIVAS DO EXERCÍCIO DE 2024 ATÉ O DIA 30 DE ABRIL DE 2025, NO ÂMBITO DO MUNICÍPIO DE CAJUEIRO DA PRAIA-PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/380/requerimento_no_001_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/380/requerimento_no_001_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER construção de quebra-molas no trecho que começa no posto ECOPOSTO BARRA até o início da Rua Leôncio Lopes, neste município.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/381/requerimento_no_002_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/381/requerimento_no_002_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER pavimentação poliédrica na Rua Dona Chiquinha do Bairro Morro Branco, neste município.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/385/requerimento_no_003_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/385/requerimento_no_003_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER obra de passarela em bloquetes (urbanização) e iluminação na Rua São Vicente, em Cajueiro da Praia, neste município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>LAGUINHO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/391/requerimento_no_004_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/391/requerimento_no_004_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER a revitalização do espaço público Unidade Escolar Eulídio Carvalho na Comunidade Tocos, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>JOÃO PEDRO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/392/requerimento_no_005_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/392/requerimento_no_005_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de uma parada de ônibus próximo à Pousada Canoa Beach, neste município.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/393/requerimento_no_006_2024-cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/393/requerimento_no_006_2024-cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de uma Arena de Beach Soccer, por trás da igreja na Comunidade Barrinha, neste município.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DENIS PESCADOS</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/401/requerimento_no_010_2024.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/401/requerimento_no_010_2024.pdf</t>
   </si>
   <si>
     <t>REQUER o roço e limpeza na Comunidade Bom Princípio, Zona Rural, Cajueiro da Praia, Piauí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -750,68 +750,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_no_119_-_atualizacao_do_salario-minimo_nacional_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_no_120_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_no_121_2024-vagas_de_apoio_e_alteracao_da_lei_425_e_4811-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/386/projeito_de_lei_122.2024-_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_no_124_2024_cargo_de_ouvidoria_na_camara-cm-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_125_2024_rua_pinheiro_lourenco-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_no_130_2024-_autorizacao_para_leilao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_no_131_2024_-_reajuste_salarial_dos_prof_seletivados_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_no_133_2024_-_criacao_do_selo_empresa_amiga_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_ldo_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_no_135_2024_dispoe_sobre_a_fixacao_de_subsidio_dos_agentes_politicos_do_executivo_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_no_136_2024_-_institui_jeton_cajuprev1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_no_137_2024_-_taxa_de_licenciamento_ambiental1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_no_138_2024_-_credito_especial_aldir_blanc_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_lei_no_140_2024_-_loa_2025_consolidado_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_de_lei_no_141_2024_-_reforma_complementar_das_regras_rpps1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_de_lei_no_142_2024_-_regras_rpps_e_emenda_lei_organica1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_no_143_2024_dispoe_sobre_denominacao_de_rua_martins_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_lei_no_144_2024_-_abono_-_fundeb_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_lei_no_145_2024_novo_sistema_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/407/projeto_de_lei_no_146_2024_prorroga_emenda_impossitivas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/380/requerimento_no_001_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/381/requerimento_no_002_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/385/requerimento_no_003_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/391/requerimento_no_004_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/392/requerimento_no_005_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/393/requerimento_no_006_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/401/requerimento_no_010_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_no_119_-_atualizacao_do_salario-minimo_nacional_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_no_120_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_no_121_2024-vagas_de_apoio_e_alteracao_da_lei_425_e_4811-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/386/projeito_de_lei_122.2024-_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_no_124_2024_cargo_de_ouvidoria_na_camara-cm-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_no_125_2024_rua_pinheiro_lourenco-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_no_130_2024-_autorizacao_para_leilao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_no_131_2024_-_reajuste_salarial_dos_prof_seletivados_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_no_133_2024_-_criacao_do_selo_empresa_amiga_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_ldo_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_no_135_2024_dispoe_sobre_a_fixacao_de_subsidio_dos_agentes_politicos_do_executivo_.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_no_136_2024_-_institui_jeton_cajuprev1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_no_137_2024_-_taxa_de_licenciamento_ambiental1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_no_138_2024_-_credito_especial_aldir_blanc_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_de_lei_no_140_2024_-_loa_2025_consolidado_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_de_lei_no_141_2024_-_reforma_complementar_das_regras_rpps1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_de_lei_no_142_2024_-_regras_rpps_e_emenda_lei_organica1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_no_143_2024_dispoe_sobre_denominacao_de_rua_martins_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_de_lei_no_144_2024_-_abono_-_fundeb_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_de_lei_no_145_2024_novo_sistema_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/407/projeto_de_lei_no_146_2024_prorroga_emenda_impossitivas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/380/requerimento_no_001_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/381/requerimento_no_002_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/385/requerimento_no_003_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/391/requerimento_no_004_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/392/requerimento_no_005_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/393/requerimento_no_006_2024-cajueiro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2024/401/requerimento_no_010_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="174.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>