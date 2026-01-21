--- v0 (2025-10-15)
+++ v1 (2026-01-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="305">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -261,68 +261,242 @@
   <si>
     <t>449</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf</t>
   </si>
   <si>
     <t>O presente instrumento visa dá denominação a Rua Benedito Lopes Araújo, em Barra Grande e, dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS (TMRS) NO ÂMBITO DO MUNICÍPIO DE CAJUEIRO DA PRAIA – PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA DE CAJUEIRO DA PRAIA – PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de área pública pertencente ao Município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia, para o exercício financeiro de 2026 e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe e denomina o mirante localizado no Cajueiro Rei, no município de Cajueiro da Praia-PI e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do município de Cajueiro da Praia, Estado do Piauí, para o período de 2026 / 2029 e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe Cria e Institui Fundo Municipal das Mulheres – FMM do Município de Cajueiro da Praia/PI, estabelece suas finalidades, fontes de recursos, forma de gestão e aplicação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização de aumento do limite dos créditos suplementares ao orçamento de Cajueiro da Praia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de logradouro público no Município de Cajueiro da Praia - PI e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão, em caráter excepcional, de abono denominado Abono-FUNDEB, no exercício de 2025, aos Profissionais da Educação Básica da Rede Municipal de Ensino de Cajueiro da Praia-PI, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de gratificação a servidores públicos efetivos investidos em cargos em comissão e assegura a opção remuneratória, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a redução excepcional de carga horária de servidores públicos municipais que possuam dependentes com deficiência, e revoga a Lei Municipal nº 330/2016 e o Decreto nº 18/2025.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração de dispositivos da Lei Municipal nº 241 de 17 de maio de 2011 (Plano de Cargos, Carreira e Remuneração do Município de Cajueiro da Praia – PI), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
+  </si>
+  <si>
     <t>411</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base de pessoal ocupante de cargo de provimento efetivo da Câmara Municipal de Cajueiro da Praia(PI) e, dá outras providências.</t>
   </si>
   <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de diárias de viagens à Vereadores e Servidores da Câmara Municipal de Cajueiro da Praia(PI) e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Galeria dos Presidentes da Câmara Municipal de Cajueiro da Praia - PI, denominada "Galeria dos Presidentes - Vereador José Sobrinho do Nascimento (Dedé Peixe Boi) e, dá outras providências.</t>
+  </si>
+  <si>
     <t>413</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf</t>
   </si>
   <si>
     <t>REQUER construção de 03 paradas de ônibus, 1ª próxima ao Banana's Club na estrada entre Barrinha e Barra Grande, 2ª na Praça Nossa Senhora da Conceição em frente à Padaria, e a 3ª na entrada de Barra Grande, no primeiro quebra-molas, neste município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>DANIELZINHO</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf</t>
@@ -643,50 +817,158 @@
     <t>REQUER a construção de uma parada de ônibus na saída da estrada de Boa Vista com a BR 402, para facilitar aos passageiros que precisam ali esperar os veículos que fazem horários de viagem e, dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER confecção projeto de lei pelo Poder Executivo que disponha sobre a instalação de acessos adequados para cadeirantes e pessoas com mobilidade reduzida, disponibilização de banheiros químicos adaptados, nas praias de Barra Grande, Barrinha e Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER seja oficiado Equatorial Piauí e Secretaria de Obras e Infraestrutura para adoção de providências em relação à qualidade da energia na Rua Grijalva Carneiro e adjacências e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER o tombamento do campo de futebol localizado na Rua da Areia, instalação de iluminação pública no entorno e colocação de traves e limpeza completa do local e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a inclusão de obra no cronograma de serviços da Secretaria Municipal de Infraestrutura, bem como, a comunicação à esta Casa Legislativa quanto às providências adotadas.</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a colocação de iluminação pública na Travessa da Av. Gerardo Laura e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER implantação de estacionamento e instalação de lombada em frente à Igreja Evangélica Assembleia de Deus e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a convocação do representante da Empresa Equatorial Piauí Distribuidora de Energia Elétrica S.A. para participar de audiência pública nesta Câmara Municipal e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER colocação de banheiros químicos em torno da Quadra Poliesportiva de Barra Grande e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER conclusão de pavimentação poliédrica da Rua Regino Mendes, neste município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER reforma da Quadra Poliesportiva e do chafariz de São Domingos, neste município de Cajueiro da Praia, Estado do Piauí.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUER a cavação e revitalização do açude do Canto Grande, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -990,68 +1272,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H47"/>
+  <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1461,870 +1743,1518 @@
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H17" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>84</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="F18" t="s">
+      <c r="H18" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B19" t="s">
-[...5 lines deleted...]
-      <c r="D19" t="s">
+      <c r="H19" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
         <v>94</v>
-      </c>
-[...19 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E21" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F21" t="s">
-        <v>96</v>
+        <v>39</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H21" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F22" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E23" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E24" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E25" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E26" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F26" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E27" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F27" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D28" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E28" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F28" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="H28" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E29" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="H29" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="E30" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>136</v>
       </c>
       <c r="E31" t="s">
-        <v>91</v>
+        <v>137</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>146</v>
+        <v>23</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>136</v>
       </c>
       <c r="E32" t="s">
-        <v>91</v>
+        <v>137</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>136</v>
       </c>
       <c r="E33" t="s">
-        <v>91</v>
+        <v>137</v>
       </c>
       <c r="F33" t="s">
-        <v>96</v>
+        <v>138</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E34" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F34" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="H34" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E35" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F35" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E36" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F36" t="s">
-        <v>32</v>
+        <v>154</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D37" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E37" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>148</v>
+      </c>
+      <c r="E38" t="s">
+        <v>149</v>
+      </c>
+      <c r="F38" t="s">
+        <v>167</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H38" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" t="s">
+        <v>148</v>
+      </c>
+      <c r="E39" t="s">
+        <v>149</v>
+      </c>
+      <c r="F39" t="s">
+        <v>19</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H39" t="s">
         <v>173</v>
-      </c>
-[...19 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D40" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E40" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="H40" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" t="s">
+        <v>148</v>
+      </c>
+      <c r="E41" t="s">
+        <v>149</v>
+      </c>
+      <c r="F41" t="s">
+        <v>180</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H41" t="s">
         <v>182</v>
-      </c>
-[...19 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D42" t="s">
+        <v>148</v>
+      </c>
+      <c r="E42" t="s">
+        <v>149</v>
+      </c>
+      <c r="F42" t="s">
+        <v>68</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H42" t="s">
         <v>186</v>
-      </c>
-[...19 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>188</v>
+      </c>
+      <c r="D43" t="s">
+        <v>148</v>
+      </c>
+      <c r="E43" t="s">
+        <v>149</v>
+      </c>
+      <c r="F43" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H43" t="s">
         <v>190</v>
-      </c>
-[...19 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D44" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E44" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F44" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="H44" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D45" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E45" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F45" t="s">
-        <v>192</v>
+        <v>19</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="H45" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>90</v>
+        <v>148</v>
       </c>
       <c r="E46" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="F46" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="H46" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>148</v>
+      </c>
+      <c r="E47" t="s">
+        <v>149</v>
+      </c>
+      <c r="F47" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H47" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
         <v>207</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>208</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="D48" t="s">
+        <v>148</v>
+      </c>
+      <c r="E48" t="s">
+        <v>149</v>
+      </c>
+      <c r="F48" t="s">
+        <v>154</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="H47" t="s">
+      <c r="H48" t="s">
         <v>210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>211</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>212</v>
+      </c>
+      <c r="D49" t="s">
+        <v>148</v>
+      </c>
+      <c r="E49" t="s">
+        <v>149</v>
+      </c>
+      <c r="F49" t="s">
+        <v>154</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H49" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>148</v>
+      </c>
+      <c r="E50" t="s">
+        <v>149</v>
+      </c>
+      <c r="F50" t="s">
+        <v>180</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H50" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>219</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" t="s">
+        <v>148</v>
+      </c>
+      <c r="E51" t="s">
+        <v>149</v>
+      </c>
+      <c r="F51" t="s">
+        <v>32</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H51" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>223</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>224</v>
+      </c>
+      <c r="D52" t="s">
+        <v>148</v>
+      </c>
+      <c r="E52" t="s">
+        <v>149</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H52" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>227</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>228</v>
+      </c>
+      <c r="D53" t="s">
+        <v>148</v>
+      </c>
+      <c r="E53" t="s">
+        <v>149</v>
+      </c>
+      <c r="F53" t="s">
+        <v>167</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H53" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>231</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>232</v>
+      </c>
+      <c r="D54" t="s">
+        <v>148</v>
+      </c>
+      <c r="E54" t="s">
+        <v>149</v>
+      </c>
+      <c r="F54" t="s">
+        <v>233</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H54" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>236</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>237</v>
+      </c>
+      <c r="D55" t="s">
+        <v>148</v>
+      </c>
+      <c r="E55" t="s">
+        <v>149</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H55" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>240</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>241</v>
+      </c>
+      <c r="D56" t="s">
+        <v>148</v>
+      </c>
+      <c r="E56" t="s">
+        <v>149</v>
+      </c>
+      <c r="F56" t="s">
+        <v>68</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H56" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>244</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>245</v>
+      </c>
+      <c r="D57" t="s">
+        <v>148</v>
+      </c>
+      <c r="E57" t="s">
+        <v>149</v>
+      </c>
+      <c r="F57" t="s">
+        <v>180</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H57" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>248</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>249</v>
+      </c>
+      <c r="D58" t="s">
+        <v>148</v>
+      </c>
+      <c r="E58" t="s">
+        <v>149</v>
+      </c>
+      <c r="F58" t="s">
+        <v>250</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H58" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>253</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>254</v>
+      </c>
+      <c r="D59" t="s">
+        <v>148</v>
+      </c>
+      <c r="E59" t="s">
+        <v>149</v>
+      </c>
+      <c r="F59" t="s">
+        <v>154</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H59" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>257</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>258</v>
+      </c>
+      <c r="D60" t="s">
+        <v>148</v>
+      </c>
+      <c r="E60" t="s">
+        <v>149</v>
+      </c>
+      <c r="F60" t="s">
+        <v>250</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H60" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>261</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>262</v>
+      </c>
+      <c r="D61" t="s">
+        <v>148</v>
+      </c>
+      <c r="E61" t="s">
+        <v>149</v>
+      </c>
+      <c r="F61" t="s">
+        <v>180</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H61" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>265</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>266</v>
+      </c>
+      <c r="D62" t="s">
+        <v>148</v>
+      </c>
+      <c r="E62" t="s">
+        <v>149</v>
+      </c>
+      <c r="F62" t="s">
+        <v>154</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H62" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>269</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>270</v>
+      </c>
+      <c r="D63" t="s">
+        <v>148</v>
+      </c>
+      <c r="E63" t="s">
+        <v>149</v>
+      </c>
+      <c r="F63" t="s">
+        <v>154</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H63" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>273</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>274</v>
+      </c>
+      <c r="D64" t="s">
+        <v>148</v>
+      </c>
+      <c r="E64" t="s">
+        <v>149</v>
+      </c>
+      <c r="F64" t="s">
+        <v>68</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H64" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>277</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>278</v>
+      </c>
+      <c r="D65" t="s">
+        <v>148</v>
+      </c>
+      <c r="E65" t="s">
+        <v>149</v>
+      </c>
+      <c r="F65" t="s">
+        <v>250</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H65" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>281</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>282</v>
+      </c>
+      <c r="D66" t="s">
+        <v>148</v>
+      </c>
+      <c r="E66" t="s">
+        <v>149</v>
+      </c>
+      <c r="F66" t="s">
+        <v>154</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H66" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>285</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>286</v>
+      </c>
+      <c r="D67" t="s">
+        <v>148</v>
+      </c>
+      <c r="E67" t="s">
+        <v>149</v>
+      </c>
+      <c r="F67" t="s">
+        <v>167</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H67" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>289</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>290</v>
+      </c>
+      <c r="D68" t="s">
+        <v>148</v>
+      </c>
+      <c r="E68" t="s">
+        <v>149</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H68" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>293</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>294</v>
+      </c>
+      <c r="D69" t="s">
+        <v>148</v>
+      </c>
+      <c r="E69" t="s">
+        <v>149</v>
+      </c>
+      <c r="F69" t="s">
+        <v>250</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H69" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>297</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>298</v>
+      </c>
+      <c r="D70" t="s">
+        <v>148</v>
+      </c>
+      <c r="E70" t="s">
+        <v>149</v>
+      </c>
+      <c r="F70" t="s">
+        <v>233</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H70" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>301</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>302</v>
+      </c>
+      <c r="D71" t="s">
+        <v>148</v>
+      </c>
+      <c r="E71" t="s">
+        <v>149</v>
+      </c>
+      <c r="F71" t="s">
+        <v>154</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H71" t="s">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>