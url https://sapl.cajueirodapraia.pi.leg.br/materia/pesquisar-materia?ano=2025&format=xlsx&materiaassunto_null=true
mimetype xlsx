--- v1 (2026-01-21)
+++ v2 (2026-03-08)
@@ -54,918 +54,918 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOCS</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>LAGUINHO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf</t>
   </si>
   <si>
     <t>Moção de REPÚDIO à Srª Camila Marinho Mendes e, dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Cajueiro da Praia, Estado do Piauí, ao Sr GEORGIANO FERNANDES LIMA NETO e, dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário e, dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário de Cajueiro da Praia, Estado do Piauí, ao Sr FERNANDO ANTONIO LOPES GOMES e, dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>LUCIANO DO SÉRGIO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão honorário ao Sr FLÁVIO RODRIGUES NOGUEIRA e, dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e atualização do salário mínimo do município de Cajueiro Da Praia-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação temporária de excepcional interesse público de professor (a) de atendimento educacional especializado do município de Cajueiro Da Praia – PI, e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Estrutura administrativa e organizacional do Município de Cajueiro da Praia - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Aprova o protocolo de prescrição de medicamentos e solicitação de exames por enfermeiro na atenção básica do município de Cajueiro da Praia - PI.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa, Fundo Municipal da Pessoa Idosa e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AJUDA DE CUSTO PARA TRATAMENTO MÉDICO FORA DO MUNICÍPIO PARA PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E PACIENTES DE ALTA COMPLEXIDADE COM PRESCRIÇÃO MÉDICA.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf</t>
   </si>
   <si>
     <t>Denomina o nome do Posto de Saúde da Localidade Barra Grande como "Posto de Saúde Iracema Veras Izidoro" e, dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>JOÃO PEDRO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf</t>
   </si>
   <si>
     <t>Denomina o nome da Praça da Localidade Morro Branco como "Praça Jonas Alves de Castro" e, dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e altera a Lei Municipal nº 469, de 12 de junho de 2023, para incluir parágrafo único ao art. 5º, garantindo o adicional de insalubridade de 40% aos servidores efetivos ocupantes do cargo de gari, e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf</t>
   </si>
   <si>
     <t>O presente instrumento visa dá denominação a Rua Benedito Lopes Araújo, em Barra Grande e, dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS (TMRS) NO ÂMBITO DO MUNICÍPIO DE CAJUEIRO DA PRAIA – PI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA DE CAJUEIRO DA PRAIA – PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de área pública pertencente ao Município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cajueiro da Praia, para o exercício financeiro de 2026 e, dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf</t>
   </si>
   <si>
     <t>Dispõe e denomina o mirante localizado no Cajueiro Rei, no município de Cajueiro da Praia-PI e, dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do município de Cajueiro da Praia, Estado do Piauí, para o período de 2026 / 2029 e, dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf</t>
   </si>
   <si>
     <t>Dispõe Cria e Institui Fundo Municipal das Mulheres – FMM do Município de Cajueiro da Praia/PI, estabelece suas finalidades, fontes de recursos, forma de gestão e aplicação, e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de aumento do limite dos créditos suplementares ao orçamento de Cajueiro da Praia e dá outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público no Município de Cajueiro da Praia - PI e, dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão, em caráter excepcional, de abono denominado Abono-FUNDEB, no exercício de 2025, aos Profissionais da Educação Básica da Rede Municipal de Ensino de Cajueiro da Praia-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de gratificação a servidores públicos efetivos investidos em cargos em comissão e assegura a opção remuneratória, e dá outras providências.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução excepcional de carga horária de servidores públicos municipais que possuam dependentes com deficiência, e revoga a Lei Municipal nº 330/2016 e o Decreto nº 18/2025.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos da Lei Municipal nº 241 de 17 de maio de 2011 (Plano de Cargos, Carreira e Remuneração do Município de Cajueiro da Praia – PI), e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução / Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento base de pessoal ocupante de cargo de provimento efetivo da Câmara Municipal de Cajueiro da Praia(PI) e, dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias de viagens à Vereadores e Servidores da Câmara Municipal de Cajueiro da Praia(PI) e, dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Galeria dos Presidentes da Câmara Municipal de Cajueiro da Praia - PI, denominada "Galeria dos Presidentes - Vereador José Sobrinho do Nascimento (Dedé Peixe Boi) e, dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento / Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf</t>
   </si>
   <si>
     <t>REQUER construção de 03 paradas de ônibus, 1ª próxima ao Banana's Club na estrada entre Barrinha e Barra Grande, 2ª na Praça Nossa Senhora da Conceição em frente à Padaria, e a 3ª na entrada de Barra Grande, no primeiro quebra-molas, neste município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>DANIELZINHO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf</t>
   </si>
   <si>
     <t>REQUER calçamento e iluminação pública para a RUA DAS FLORES, em Cajueiro da Praia e também para a RUA CHAGAS CEARENSE, como também solicitar a limpezas das duas ruas citadas, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf</t>
   </si>
   <si>
     <t>REQUER construção de um quebra mola na RUA GRIJALMA CARNEIRO, em frente a Igreja Evangélica Assembleia de Deus e, outro quebra mola em frente a Igreja Assembleia de Deus, em Boa Vista, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao município o Programa Itinerante Piauí Pet Castramóvel da Secretaria de Meio Ambiente e Recursos Hídricos(SEMARH) para fortalecer a saúde e o controle da população de animais domésticos em situação de rua, por meio da castração, neste município.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>VEUDO DAMASCENO</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a elaboração de projeto de lei para concessão de ajuda de custo para deslocamento de pessoas com Transtorno do Espectro Autista(TEA) em tratamento médico fora do município.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a limpeza de bueiro, localizado na Rua Francisco Roque dos Santos, Comunidade Barrinha, neste município.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de 01 (Um) quebra-mola, na Rua Raimundo Correia e Silva, Estrada Barra Grande-Barrinha, em Barra Grande (em frente a Igreja Evangélica DEUS É AMOR), neste município.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>DENIS PESCADOS</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a reforma do Auditório Municipal Lenyr Coutinho de Albuquerque, muro do Cemitério Municipal(SEDE), cemitério do Sardin(Morro Branco) e Prédio da Padaria Comunitária de Árvore Verde.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf</t>
   </si>
   <si>
     <t>REQUER que seja colocado na planilha de atendimento do caminhão auxiliar que faz a coleta de lixo do município, a Comunidade Camurupim(Lado do município de Cajueiro da Praia).</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a colocação de traves de ferro no Campo de Futebol da Localidade Terra Nova, Zona Rural, neste município.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a recuperação total da Rua Joaquim Arcênio Alves, Comunidade Barrinha, neste município.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a imediata recuperação do calçamento da estrada do Sardin, neste município.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a limpeza e reforma do Ginásio Municipal Antonio José de Moraes Souza.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a recuperação total da Rua Pontal da Barra, em Barra Grande, neste município.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf</t>
   </si>
   <si>
     <t>REQUER instalação de uma academia pública ao ar livre e brinquedos infantis na Praça da Comunidade Barrinha, neste município.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf</t>
   </si>
   <si>
     <t>REQUER iluminação pública para o campo de futebol de Barra Grande, localizado na Rua Raimundo Correia Silva, neste município.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf</t>
   </si>
   <si>
     <t>REQUER projeto de lei concedendo reajuste salarial e de diárias para os motoristas deste município.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Sr Prefeito Municipal que providencie o roço e limpeza, na Comunidade Camurupim(Lado do município de Cajueiro da Praia).</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf</t>
   </si>
   <si>
     <t>REQUER junto ao Sr Prefeito Municipal que providencie a instalação de placas informativas com o nome das ruas de Barra Grande, neste município.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a reforma da Casa de Farinha da Comunidade Árvore Verde, Zona Rural, Cajueiro da Praia.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>OZIOMAR</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM QUEBRA MOLA EM FRENTE A CASA DO Sr GREGÓRIO, E OUTRO QUEBRA MOLA EM FRENTE AO BAR DO Sr NONATO, COMUNIDADE LAGOA DE SÃO JOSÉ E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf</t>
   </si>
   <si>
     <t>REQUER OFICIAR RESPONSÁVEL PELA ÁGUAS DO PIAUÍ E SECRETÁRIA DE ARTICULAÇÃO Srª VERÔNICA RIBEIRO, PARA UMA AUDIÊNCIA PÚBLICA A SER MARCADA PELOS NOBRES VEREADORES E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE AREIA NO BURACO AO LADO DA QUADRA ESPORTIVA DA BARRINHA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf</t>
   </si>
   <si>
     <t>REQUER A REABERTURA DE TODOS OS PRÉDIOS PÚBLICOS QUE ENCONTRAM-SE FECHADOS E SEJAM UTILIZADOS PARA ATENDIMENTOS DE ALGUMA FORMA PARA BENEFÍCIO DA POPULAÇÃO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>JEFFERSON ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DE TODAS AS ESTRADAS DA REGIÃO SALINEIRA, BOA VISTA, GARGALHO, CARPINO E TERRA NOVA E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DE LIXEIRAS SELETIVAS(PRAÇAS PÚBLICAS, PRÉDIOS PÚBLICOS, ETC) E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a construção de uma parada de ônibus na saída da estrada de Boa Vista com a BR 402, para facilitar aos passageiros que precisam ali esperar os veículos que fazem horários de viagem e, dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER confecção projeto de lei pelo Poder Executivo que disponha sobre a instalação de acessos adequados para cadeirantes e pessoas com mobilidade reduzida, disponibilização de banheiros químicos adaptados, nas praias de Barra Grande, Barrinha e Cajueiro da Praia e, dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf</t>
   </si>
   <si>
     <t>REQUER seja oficiado Equatorial Piauí e Secretaria de Obras e Infraestrutura para adoção de providências em relação à qualidade da energia na Rua Grijalva Carneiro e adjacências e, dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf</t>
   </si>
   <si>
     <t>REQUER o tombamento do campo de futebol localizado na Rua da Areia, instalação de iluminação pública no entorno e colocação de traves e limpeza completa do local e, dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a inclusão de obra no cronograma de serviços da Secretaria Municipal de Infraestrutura, bem como, a comunicação à esta Casa Legislativa quanto às providências adotadas.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a colocação de iluminação pública na Travessa da Av. Gerardo Laura e, dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf</t>
   </si>
   <si>
     <t>REQUER implantação de estacionamento e instalação de lombada em frente à Igreja Evangélica Assembleia de Deus e, dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a convocação do representante da Empresa Equatorial Piauí Distribuidora de Energia Elétrica S.A. para participar de audiência pública nesta Câmara Municipal e, dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf</t>
   </si>
   <si>
     <t>REQUER colocação de banheiros químicos em torno da Quadra Poliesportiva de Barra Grande e, dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf</t>
   </si>
   <si>
     <t>REQUER conclusão de pavimentação poliédrica da Rua Regino Mendes, neste município de Cajueiro da Praia, Estado do Piauí e, dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf</t>
   </si>
   <si>
     <t>REQUER reforma da Quadra Poliesportiva e do chafariz de São Domingos, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf</t>
+    <t>http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf</t>
   </si>
   <si>
     <t>REQUER a cavação e revitalização do açude do Canto Grande, neste município de Cajueiro da Praia, Estado do Piauí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1272,68 +1272,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/440/mocao_de_repudio_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_decreto_legislativo_no_001_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_decreto_legislativo_02_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_legislativo_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/418/document_20250320_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_no_149_2025_-_contratacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_no_150_2025_-_contratacao_temporaria_de_professores_da_educacao_especial_20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_no_151_2025_-_estrutura_administrativa_de_cargos_20251.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_no_154_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_lei_no_155_2025_-_do_cmd_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_de_lei_no_156_2025_-_ajuda_de_custo_tea.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_no_157_2025_denomina_posto_de_saude_iracema_veras_izidoro_em_barra_grande.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/437/projeto_de_lei_no_158_2025_denomina_praca_jonas_alves_de_castro_em_morro_branco.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_168_2025_cria_isalubridade_maxima_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_169_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no_170_2025_-_taxa_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_no_174_2025_-_institui_plano_municipal_da_primeira_infancia_c_anexo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_no_177_2025_-_dispoe_sobre_a_doacao_de_area_publica_pertencente_ao_municipio_de_ca.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/465/projeto_de_lei_no_178_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_no_179_2025_-_criacao_de_denomina_o_mirante_do_cajueiro_rei1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei_no_180_2025_-_ppa_2026_a_2029.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no_181_2025_-_criacao_do_fundo_municipal_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no_182_2025_-_criacao_de_credito_suplementar_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_no_183_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_184_2025_-_abono_-_fundeb_-_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_no_185_2025_-_gratificacoes_de_comissionados_nv.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_no_186_2025_-_reducao_de_carga_horaria_nv.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_no_187_2025_-_alteracao_pccr_-_educacao_-_comissionados_-_alteracao_i_nv.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/477/projeto_de_lei_no_188_2025_-_criacao_de_credito_suplementar_2025_nv.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/411/resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_resolucao_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/471/projeto_de_resolucao_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/417/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_no_008_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento_no_009_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/420/requerimento_no_010_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/421/requerimento_no_011_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_012_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_no_013_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_014_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_no_015_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_no_016_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_no_017_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_no_018_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_no_019_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/433/requerimento_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_021_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_022_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_023_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_035_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_036_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_037_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_038_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_039_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_040_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/450/requerimento_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_no_043_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_no_044_2025_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_no_050_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_no_051_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_052_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento_no_053_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/456/requerimento_no_054_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_no_055_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento_no_058_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_no_059_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cajueirodapraia.pi.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_060_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="176.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="176" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>